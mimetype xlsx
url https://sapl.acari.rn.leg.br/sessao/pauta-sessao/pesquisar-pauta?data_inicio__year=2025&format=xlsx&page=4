--- v0 (2025-11-25)
+++ v1 (2026-01-11)
@@ -10,74 +10,128 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="209" uniqueCount="141">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="234" uniqueCount="158">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Abertura</t>
   </si>
   <si>
     <t>Horário (hh:mm)</t>
   </si>
   <si>
     <t>Encerramento</t>
   </si>
   <si>
     <t>Título</t>
   </si>
   <si>
+    <t>236</t>
+  </si>
+  <si>
+    <t>2025-12-30</t>
+  </si>
+  <si>
+    <t>18:00</t>
+  </si>
+  <si>
+    <t>19:32</t>
+  </si>
+  <si>
+    <t>2ª Extraordinária da 1ª Sessão Legislativa da 20ª Legislatura</t>
+  </si>
+  <si>
+    <t>235</t>
+  </si>
+  <si>
+    <t>2025-12-22</t>
+  </si>
+  <si>
+    <t>19:00</t>
+  </si>
+  <si>
+    <t>22:38</t>
+  </si>
+  <si>
+    <t>36ª Ordinária da 1ª Sessão Legislativa da 20ª Legislatura</t>
+  </si>
+  <si>
+    <t>234</t>
+  </si>
+  <si>
+    <t>2025-12-15</t>
+  </si>
+  <si>
+    <t>22:10</t>
+  </si>
+  <si>
+    <t>35ª Ordinária da 1ª Sessão Legislativa da 20ª Legislatura</t>
+  </si>
+  <si>
+    <t>233</t>
+  </si>
+  <si>
+    <t>2025-12-08</t>
+  </si>
+  <si>
+    <t>22:15</t>
+  </si>
+  <si>
+    <t>34ª Ordinária da 1ª Sessão Legislativa da 20ª Legislatura</t>
+  </si>
+  <si>
     <t>232</t>
   </si>
   <si>
     <t>2025-11-24</t>
   </si>
   <si>
-    <t>19:00</t>
+    <t>20:53</t>
   </si>
   <si>
     <t>33ª Ordinária da 1ª Sessão Legislativa da 20ª Legislatura</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>2025-11-17</t>
   </si>
   <si>
     <t>22:58</t>
   </si>
   <si>
     <t>32ª Ordinária da 1ª Sessão Legislativa da 20ª Legislatura</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>2025-11-10</t>
   </si>
   <si>
     <t>20:57</t>
   </si>
@@ -148,53 +202,50 @@
     <t>2025-09-15</t>
   </si>
   <si>
     <t>20:50</t>
   </si>
   <si>
     <t>25ª Ordinária da 1ª Sessão Legislativa da 20ª Legislatura</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>2025-09-08</t>
   </si>
   <si>
     <t>21:55</t>
   </si>
   <si>
     <t>24ª Ordinária da 1ª Sessão Legislativa da 20ª Legislatura</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>2025-09-01</t>
-  </si>
-[...1 lines deleted...]
-    <t>22:15</t>
   </si>
   <si>
     <t>23ª Ordinária da 1ª Sessão Legislativa da 20ª Legislatura</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>2025-08-25</t>
   </si>
   <si>
     <t>20:55</t>
   </si>
   <si>
     <t>22ª Ordinária da 1ª Sessão Legislativa da 20ª Legislatura</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>2025-08-18</t>
   </si>
   <si>
     <t>20:28</t>
   </si>
@@ -768,759 +819,842 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F35"/>
+  <dimension ref="A1:F39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="10.42578125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="13.42578125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="53.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>2</v>
       </c>
       <c r="F1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>5</v>
       </c>
       <c r="B2" t="s">
         <v>6</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
+      <c r="E2" t="s">
+        <v>8</v>
+      </c>
       <c r="F2" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C3" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="D3" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B4" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C4" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="F4" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B5" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="C5" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="D5" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="F5" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B6" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="C6" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="D6" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="E6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="F6" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="B7" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C7" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="D7" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="E7" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="F7" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B8" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C8" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="D8" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="E8" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F8" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B9" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="C9" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="D9" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="E9" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="F9" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B10" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="C10" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="D10" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="E10" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="F10" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B11" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="C11" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="D11" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="E11" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="F11" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B12" t="s">
+        <v>48</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>48</v>
+      </c>
+      <c r="E12" t="s">
         <v>45</v>
       </c>
-      <c r="C12" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F12" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B13" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C13" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="D13" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="E13" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="F13" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B14" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="C14" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="D14" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="E14" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="F14" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B15" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="C15" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="D15" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="E15" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="F15" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B16" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C16" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="D16" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E16" t="s">
-        <v>62</v>
+        <v>21</v>
       </c>
       <c r="F16" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B17" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C17" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="D17" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F17" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B18" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C18" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="D18" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E18" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F18" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B19" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C19" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="D19" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E19" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F19" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B20" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C20" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="D20" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E20" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="F20" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B21" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C21" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="D21" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E21" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="F21" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B22" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C22" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="D22" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E22" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="F22" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B23" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C23" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="D23" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E23" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="F23" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B24" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C24" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="D24" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E24" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="F24" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B25" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C25" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="D25" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E25" t="s">
-        <v>34</v>
+        <v>99</v>
       </c>
       <c r="F25" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="B26" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C26" t="s">
-        <v>101</v>
+        <v>12</v>
       </c>
       <c r="D26" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="E26" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="F26" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B27" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C27" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="D27" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E27" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="F27" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B28" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C28" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="D28" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E28" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="F28" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B29" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C29" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="D29" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="E29" t="s">
-        <v>114</v>
+        <v>52</v>
       </c>
       <c r="F29" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
         <v>116</v>
       </c>
       <c r="B30" t="s">
         <v>117</v>
       </c>
       <c r="C30" t="s">
-        <v>7</v>
+        <v>118</v>
       </c>
       <c r="D30" t="s">
         <v>117</v>
       </c>
       <c r="E30" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="F30" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B31" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C31" t="s">
+        <v>12</v>
+      </c>
+      <c r="D31" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="E31" t="s">
         <v>123</v>
       </c>
       <c r="F31" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
         <v>125</v>
       </c>
       <c r="B32" t="s">
         <v>126</v>
       </c>
       <c r="C32" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="D32" t="s">
         <v>126</v>
       </c>
       <c r="E32" t="s">
         <v>127</v>
       </c>
       <c r="F32" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
         <v>129</v>
       </c>
       <c r="B33" t="s">
         <v>130</v>
       </c>
       <c r="C33" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="D33" t="s">
         <v>130</v>
       </c>
       <c r="E33" t="s">
         <v>131</v>
       </c>
       <c r="F33" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
         <v>133</v>
       </c>
       <c r="B34" t="s">
         <v>134</v>
       </c>
       <c r="C34" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="D34" t="s">
         <v>134</v>
       </c>
       <c r="E34" t="s">
         <v>135</v>
       </c>
       <c r="F34" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
         <v>137</v>
       </c>
       <c r="B35" t="s">
         <v>138</v>
       </c>
       <c r="C35" t="s">
-        <v>7</v>
+        <v>139</v>
       </c>
       <c r="D35" t="s">
         <v>138</v>
       </c>
       <c r="E35" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="F35" t="s">
-        <v>140</v>
+        <v>141</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6">
+      <c r="A36" t="s">
+        <v>142</v>
+      </c>
+      <c r="B36" t="s">
+        <v>143</v>
+      </c>
+      <c r="C36" t="s">
+        <v>12</v>
+      </c>
+      <c r="D36" t="s">
+        <v>143</v>
+      </c>
+      <c r="E36" t="s">
+        <v>144</v>
+      </c>
+      <c r="F36" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6">
+      <c r="A37" t="s">
+        <v>146</v>
+      </c>
+      <c r="B37" t="s">
+        <v>147</v>
+      </c>
+      <c r="C37" t="s">
+        <v>12</v>
+      </c>
+      <c r="D37" t="s">
+        <v>147</v>
+      </c>
+      <c r="E37" t="s">
+        <v>148</v>
+      </c>
+      <c r="F37" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6">
+      <c r="A38" t="s">
+        <v>150</v>
+      </c>
+      <c r="B38" t="s">
+        <v>151</v>
+      </c>
+      <c r="C38" t="s">
+        <v>12</v>
+      </c>
+      <c r="D38" t="s">
+        <v>151</v>
+      </c>
+      <c r="E38" t="s">
+        <v>152</v>
+      </c>
+      <c r="F38" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6">
+      <c r="A39" t="s">
+        <v>154</v>
+      </c>
+      <c r="B39" t="s">
+        <v>155</v>
+      </c>
+      <c r="C39" t="s">
+        <v>12</v>
+      </c>
+      <c r="D39" t="s">
+        <v>155</v>
+      </c>
+      <c r="E39" t="s">
+        <v>156</v>
+      </c>
+      <c r="F39" t="s">
+        <v>157</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>