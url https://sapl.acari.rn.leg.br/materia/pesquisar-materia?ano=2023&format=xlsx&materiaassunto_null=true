--- v0 (2026-02-03)
+++ v1 (2026-03-21)
@@ -51,4528 +51,4528 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>4568</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>AC</t>
   </si>
   <si>
     <t>Ata Comissões</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4568/ata_da_reuniao_de_16-02.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4568/ata_da_reuniao_de_16-02.pdf</t>
   </si>
   <si>
     <t>Ata da reunião da Comissão Permanente de Constituição, Legislação, Justiça, Orçamento, Finanças e Tributação ocorrida aos dezesseis dias do mês de fevereiro do ano de dois mil e vinte e três, às nove horas, na Sala das Sessões Plenário Vereador Antônio Ferreira da Costa.</t>
   </si>
   <si>
     <t>4567</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>ASE</t>
   </si>
   <si>
     <t>Ata Sessão Extraordinária</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4567/ata_da_1a_reuniao_extraordinaria_do_1o_periodo_de_2023.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4567/ata_da_1a_reuniao_extraordinaria_do_1o_periodo_de_2023.pdf</t>
   </si>
   <si>
     <t>Ata da 240ª (ducentésima quadragésima) sessão extraordinária da Câmara Municipal de Acari/RN. Aos dois dias do mês de fevereiro do ano de dois mil e vinte e três, às dezenove horas, na Sala das Sessões Plenário Vereador Antônio Ferreira da Costa, Palácio Vereador José Sueco de Medeiros, estiveram presentes os senhores Vereadores: Albervânia Silva de Medeiros Costa, José Erivan da Silva, José Rivaldo Lima, Marineide Alves Dantas, Paloma Vitória da Silva Baracho, Rafael Bezerra de Brito Araújo, Rudyson Ric da Silva Santos e Zuil Ribeiro da Silva; ausente com justificativa o vereador Nenilvan Rodrigues Bezerra.</t>
   </si>
   <si>
     <t>4539</t>
   </si>
   <si>
     <t>ASO</t>
   </si>
   <si>
     <t>Ata Sessão Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4539/ata_da_1a_reuniao_do_1o_periodo_de_2023.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4539/ata_da_1a_reuniao_do_1o_periodo_de_2023.pdf</t>
   </si>
   <si>
     <t>Ata da 3.014ª (terceira milésima décima quarta) Sessão Ordinária da Câmara Municipal de Acari/RN. Primeira reunião do primeiro período legislativo de dois mil e vinte e três. Aos seis dias do mês de fevereiro do ano de dois mil e vinte e três, às dezenove horas, na Sala das Sessões Plenário Vereador Antônio Ferreira da Costa, Palácio Vereador José Sueco de Medeiros.</t>
   </si>
   <si>
     <t>4566</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4566/ata_da_2a_reuniao_do_1o_periodo_de_2023.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4566/ata_da_2a_reuniao_do_1o_periodo_de_2023.pdf</t>
   </si>
   <si>
     <t>Ata da 3.015ª (terceira milésima décima quinta) Sessão Ordinária da Câmara Municipal de Acari/RN. Segunda reunião do primeiro período legislativo de dois mil e vinte e três. Aos seis dias do mês de fevereiro do ano de dois mil e vinte e três, às dezenove horas, na Sala das Sessões Plenário Vereador Antônio Ferreira da Costa, Palácio Vereador José Sueco de Medeiros, estiveram presentes os senhores Vereadores: Albervânia Silva de Medeiros Costa, José Erivan da Silva, José Rivaldo Lima, Marineide Alves Dantas, Nenilvan Rodrigues Bezerra, Paloma Vitória da Silva Baracho, Rafael Bezerra de Brito Araújo, Rudyson Ric da Silva Santos e Zuil Ribeiro da Silva.</t>
   </si>
   <si>
     <t>4734</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4734/ata_da_3a_reuniao_do_1o_periodo_de_2023.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4734/ata_da_3a_reuniao_do_1o_periodo_de_2023.pdf</t>
   </si>
   <si>
     <t>Ata da 3.016ª (terceira milésima décima sexta) Sessão Ordinária da Câmara Municipal de Acari/RN. Terceira reunião do primeiro período legislativo de dois mil e vinte e três. Aos vinte e sete dias do mês de fevereiro do ano de dois mil e vinte e três, às dezenove horas, na Sala das Sessões Plenário Vereador Antônio Ferreira da Costa, Palácio Vereador José Sueco de Medeiros, estiveram presentes os senhores Vereadores: Albervânia Silva de Medeiros Costa, José Erivan da Silva, José Rivaldo Lima, Marineide Alves Dantas, Nenilvan Rodrigues Bezerra, Paloma Vitória da Silva Baracho, Rafael Bezerra de Brito Araújo, Rudyson Ric da Silva Santos e Zuil Ribeiro da Silva.</t>
   </si>
   <si>
     <t>4735</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4735/ata_da_4a_reuniao_do_1o_periodo_de_2023.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4735/ata_da_4a_reuniao_do_1o_periodo_de_2023.pdf</t>
   </si>
   <si>
     <t>Ata da 3.017ª (terceira milésima décima sétima) Sessão Ordinária da Câmara Municipal de Acari/RN. Quarta reunião do primeiro período legislativo de dois mil e vinte e três. Aos seis dias do mês de março do ano de dois mil e vinte e três, às dezenove horas, na Sala das Sessões Plenário Vereador_x000D_
 Antônio Ferreira da Costa, Palácio Vereador José Sueco de Medeiros, estiveram presentes os senhores Vereadores: Albervânia Silva de Medeiros Costa, José Erivan da Silva, José Rivaldo Lima, Marineide Alves Dantas, Nenilvan Rodrigues Bezerra, Paloma Vitória da Silva Baracho, Rafael Bezerra de Brito Araújo, Rudyson Ric da Silva Santos e Zuil Ribeiro da Silva.</t>
   </si>
   <si>
     <t>4736</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4736/ata_da_5a_reuniao_do_1o_periodo_de_2023.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4736/ata_da_5a_reuniao_do_1o_periodo_de_2023.pdf</t>
   </si>
   <si>
     <t>Ata da 3.018ª (terceira milésima décima oitava) Sessão Ordinária da Câmara Municipal de Acari/RN. Quinta reunião do primeiro período legislativo de_x000D_
 dois mil e vinte e três. Aos treze dias do mês de março do ano de dois mil e vinte e três, às dezenove horas, na Sala das Sessões Plenário Vereador Antônio Ferreira da Costa, Palácio Vereador José Sueco de Medeiros, estiveram presentes os senhores Vereadores: Albervânia Silva de Medeiros Costa, José Erivan da Silva, José Rivaldo Lima, Marineide Alves Dantas, Nenilvan Rodrigues Bezerra, Paloma Vitória da Silva Baracho, Rafael Bezerra de Brito Araújo, Rudyson Ric da Silva Santos e Zuil Ribeiro da Silva.</t>
   </si>
   <si>
     <t>4737</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4737/ata_da_6a_reuniao_do_1o_periodo_de_2023.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4737/ata_da_6a_reuniao_do_1o_periodo_de_2023.pdf</t>
   </si>
   <si>
     <t>Ata da 3.019ª (terceira milésima décima nona) Sessão Ordinária da Câmara Municipal de Acari/RN. Sexta reunião do primeiro período legislativo de dois mil e vinte e três. Aos vinte e sete dias do mês de março do ano de dois mil e vinte e três, às dezenove horas, na Sala das Sessões Plenário Vereador Antônio Ferreira da Costa, Palácio Vereador José Sueco de Medeiros, estiveram presentes os senhores Vereadores: Albervânia Silva de Medeiros Costa, José Erivan da Silva, Marineide Alves Dantas, Nenilvan Rodrigues Bezerra, Rafael Bezerra de Brito Araújo e Zuil Ribeiro da Silva. Ausentes com justificativa a Sra. Paloma Vitória da Silva Baracho, que por convocação assumiu interinamente o cargo de prefeita, e os Vereadores José Rivaldo Lima e Rudyson Ric da Silva Santos, que se encontram em Brasília.</t>
   </si>
   <si>
     <t>4738</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4738/ata_da_7a_reuniao_do_1o_periodo_de_2023.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4738/ata_da_7a_reuniao_do_1o_periodo_de_2023.pdf</t>
   </si>
   <si>
     <t>Ata da 3.020ª (terceira milésima vigésima) Sessão Ordinária da Câmara Municipal de Acari/RN. Sétima reunião do primeiro período legislativo de dois mil e vinte e três. Aos três dias do mês de abril do ano de dois mil e vinte e três, às dezenove horas, na Sala das Sessões Plenário Vereador Antônio Ferreira da Costa, Palácio Vereador José Sueco de Medeiros, estiveram presentes os senhores Vereadores: Albervânia Silva de Medeiros Costa, José Erivan da Silva, José Rivaldo Lima, Marineide Alves Dantas, Nenilvan Rodrigues Bezerra, Paloma Vitória da Silva Baracho, Rafael Bezerra de Brito Araújo, Rudyson Ric da Silva Santos e Zuil Ribeiro da Silva.</t>
   </si>
   <si>
     <t>4739</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4739/ata_da_8a_reuniao_do_1o_periodo_de_2023.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4739/ata_da_8a_reuniao_do_1o_periodo_de_2023.pdf</t>
   </si>
   <si>
     <t>Ata da 3.021ª (terceira milésima vigésima primeira) Sessão Ordinária da Câmara Municipal de Acari/RN. Oitava reunião do primeiro período legislativo de dois mil e vinte e três. Aos dezessete dias do mês de abril do ano de dois mil e vinte e três, às dezenove horas, na Sala das Sessões Plenário Vereador Antônio Ferreira da Costa, Palácio Vereador José Sueco de Medeiros, estiveram presentes os senhores Vereadores: Albervânia Silva de Medeiros Costa, José Erivan da Silva, José Rivaldo Lima, Marineide Alves Dantas, Nenilvan Rodrigues Bezerra, Paloma Vitória da Silva Baracho, Rafael Bezerra de Brito Araújo, Rudyson Ric da Silva Santos e Zuil Ribeiro da Silva.</t>
   </si>
   <si>
     <t>4740</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4740/ata_da_9a_reuniao_do_1o_periodo_de_2023.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4740/ata_da_9a_reuniao_do_1o_periodo_de_2023.pdf</t>
   </si>
   <si>
     <t>Ata da 3.022ª (terceira milésima vigésima segunda) Sessão Ordinária da Câmara Municipal de Acari/RN. Nona reunião do primeiro período legislativo de dois mil e vinte e três. Aos oito dias do mês de maio do ano de dois mil e vinte e três, às dezenove horas, na Sala das Sessões Plenário Vereador Antônio Ferreira da Costa, Palácio Vereador José Sueco de Medeiros, estiveram presentes os senhores Vereadores: Albervânia Silva de Medeiros Costa, José Erivan da Silva, José Rivaldo Lima, Marineide Alves Dantas, Nenilvan Rodrigues Bezerra, Paloma Vitória da Silva Baracho, Rafael Bezerra de Brito Araújo, Rudyson Ric da Silva Santos e Zuil Ribeiro da Silva.</t>
   </si>
   <si>
     <t>4741</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4741/ata_da_10a_reuniao_do_1o_periodo_de_2023.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4741/ata_da_10a_reuniao_do_1o_periodo_de_2023.pdf</t>
   </si>
   <si>
     <t>Ata da 3.023ª (terceira milésima vigésima terceira) Sessão Ordinária da Câmara Municipal de Acari/RN. Décima reunião do primeiro período legislativo de dois mil e vinte e três. Aos quinze dias do mês de maio do ano de dois mil e vinte e três, às dezenove horas, na Sala das Sessões Plenário Vereador Antônio Ferreira da Costa, Palácio Vereador José Sueco de Medeiros, estiveram presentes os senhores Vereadores: Albervânia Silva de Medeiros Costa, José Erivan da Silva, José Rivaldo Lima, Nenilvan Rodrigues Bezerra, Paloma Vitória da Silva Baracho, Rafael Bezerra de Brito Araújo, Rudyson Ric da Silva Santos e Zuil Ribeiro da Silva. Ausente com justificativa a Vereadora Marineide Alves Dantas.</t>
   </si>
   <si>
     <t>4742</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4742/ata_da_11a_reuniao_do_1o_periodo_de_2023.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4742/ata_da_11a_reuniao_do_1o_periodo_de_2023.pdf</t>
   </si>
   <si>
     <t>Ata da 3.024ª (terceira milésima vigésima quarta) Sessão Ordinária da Câmara Municipal de Acari/RN. Décima primeira reunião do primeiro período_x000D_
 legislativo de dois mil e vinte e três. Aos vinte e dois dias do mês de maio do ano de dois mil e vinte e três, às dezenove horas, na Sala das Sessões Plenário Vereador Antônio Ferreira da Costa, Palácio Vereador José Sueco de Medeiros, estiveram presentes os senhores Vereadores: Albervânia Silva de Medeiros Costa, José Erivan da Silva, José Rivaldo Lima, Marineide Alves Dantas, Paloma Vitória da Silva Baracho, Rafael Bezerra de Brito Araújo, Rudyson Ric da Silva Santos e Zuil Ribeiro da Silva. Ausente com justificativa o Vereador Nenilvan Rodrigues Bezerra.</t>
   </si>
   <si>
     <t>4743</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4743/ata_da_12a_reuniao_do_1o_periodo_de_2023.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4743/ata_da_12a_reuniao_do_1o_periodo_de_2023.pdf</t>
   </si>
   <si>
     <t>Ata da 3.025ª (terceira milésima vigésima quinta) Sessão Ordinária da Câmara Municipal de Acari/RN. Décima segunda reunião do primeiro período_x000D_
 legislativo de dois mil e vinte e três. Aos vinte e nove dias do mês de maio do ano de dois mil e vinte e três, às dezenove horas, na Sala das Sessões Plenário Vereador Antônio Ferreira da Costa, Palácio Vereador José Sueco de Medeiros, estiveram presentes os senhores Vereadores: Albervânia Silva de Medeiros Costa, José Erivan da Silva, José Rivaldo Lima, Marineide Alves Dantas, Nenilvan Rodrigues Bezerra, Paloma Vitória da Silva Baracho, Rafael Bezerra de Brito Araújo, Rudyson Ric da Silva Santos e Zuil Ribeiro da Silva.</t>
   </si>
   <si>
     <t>4744</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4744/ata_da_13a_reuniao_do_1o_periodo_de_2023.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4744/ata_da_13a_reuniao_do_1o_periodo_de_2023.pdf</t>
   </si>
   <si>
     <t>Ata da 3.026ª (terceira milésima vigésima sexta) Sessão Ordinária da Câmara Municipal de Acari/RN. Décima terceira reunião do primeiro período_x000D_
 legislativo de dois mil e vinte e três. Aos seis dias do mês de junho do ano de dois mil e vinte e três, às dezenove horas, na Sala das Sessões Plenário Vereador Antônio Ferreira da Costa, Palácio Vereador José Sueco de Medeiros, estiveram presentes os senhores Vereadores: Albervânia Silva de Medeiros Costa, José Erivan da Silva, José Rivaldo Lima, Marineide Alves Dantas, Nenilvan Rodrigues Bezerra, Paloma Vitória da Silva Baracho, Rafael Bezerra de Brito Araújo, Rudyson Ric da Silva Santos e Zuil Ribeiro da Silva.</t>
   </si>
   <si>
     <t>5722</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/5722/ata_da_14a_reuniao_do_1o_periodo_de_2023.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/5722/ata_da_14a_reuniao_do_1o_periodo_de_2023.pdf</t>
   </si>
   <si>
     <t>Ata da 3.027ª (terceira milésima vigésima sétima) Sessão Ordinária da Câmara Municipal de Acari/RN. Décima quarta reunião do primeiro período legislativo de dois mil e vinte e três. Aos doze dias do mês de junho do ano de dois mil e vinte e três, às dezessete horas, na Sala das Sessões Plenário Vereador Antônio Ferreira da Costa, Palácio Vereador José Sueco de Medeiros, estiveram presentes os senhores Vereadores: Albervânia Silva de Medeiros Costa, José Erivan da Silva, Marineide Alves Dantas, Nenilvan Rodrigues Bezerra, Paloma Vitória da Silva Baracho, Rafael Bezerra de Brito Araújo, Rudyson Ric da Silva Santos e Zuil Ribeiro da Silva. Ausente com justificativa o Vereador José Rivaldo Lima.</t>
   </si>
   <si>
     <t>5723</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/5723/ata_da_15a_reuniao_do_1o_periodo_de_2023.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/5723/ata_da_15a_reuniao_do_1o_periodo_de_2023.pdf</t>
   </si>
   <si>
     <t>Ata da 3.028ª (terceira milésima vigésima oitava) Sessão Ordinária da Câmara Municipal de Acari/RN. Décima quinta reunião do primeiro período legislativo de dois mil e vinte e três. Aos dezenove dias do mês de junho do ano de dois mil e vinte e três, às dezessete horas, na Sala das Sessões Plenário Vereador Antônio Ferreira da Costa, Palácio Vereador José Sueco de Medeiros, estiveram presentes os senhores Vereadores: Albervânia Silva de Medeiros Costa, José Erivan da Silva, José Rivaldo Lima, Paloma Vitória da Silva Baracho, Rafael Bezerra de Brito Araújo e Rudyson Ric da Silva Santos. Ausentes com justificativas os Vereadores Marineide Alves Dantas, Nenilvan Rodrigues Bezerra e Zuil Ribeiro da Silva.</t>
   </si>
   <si>
     <t>5724</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/5724/ata_da_16a_reuniao_do_1o_periodo_de_2023.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/5724/ata_da_16a_reuniao_do_1o_periodo_de_2023.pdf</t>
   </si>
   <si>
     <t>Ata da 3.029ª (terceira milésima vigésima nona) Sessão Ordinária da Câmara Municipal de Acari/RN. Décima sexta reunião do primeiro período legislativo_x000D_
 de dois mil e vinte e três. Aos vinte e seis dias do mês de junho do ano de dois mil e vinte e três, às dezessete horas, na Sala das Sessões Plenário_x000D_
 Vereador Antônio Ferreira da Costa, Palácio Vereador José Sueco de Medeiros, estiveram presentes os senhores Vereadores: Albervânia Silva de_x000D_
 Medeiros Costa, José Erivan da Silva, José Rivaldo Lima, Nenilvan Rodrigues Bezerra, Paloma Vitória da Silva Baracho, Rafael Bezerra de Brito Araújo, Rudyson Ric da Silva Santos e Zuil Ribeiro da Silva. Ausente com justificativa a Vereadora Marineide Alves Dantas.</t>
   </si>
   <si>
     <t>5725</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/5725/ata_da_17a_reuniao_do_1o_periodo_de_2023.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/5725/ata_da_17a_reuniao_do_1o_periodo_de_2023.pdf</t>
   </si>
   <si>
     <t>Ata da 3.030ª (terceira milésima trigésima) Sessão Ordinária da Câmara Municipal de Acari/RN. Décima sétima reunião do primeiro período legislativo de dois mil e vinte e três. Aos três dias do mês de julho do ano de dois mil e vinte e três, às dezenove horas, na Sala das Sessões Plenário Vereador Antônio Ferreira da Costa, Palácio Vereador José Sueco de Medeiros, estiveram presentes os senhores Vereadores: Albervânia Silva de Medeiros Costa, José Erivan da Silva, José Rivaldo Lima, Marineide Alves Dantas, Nenilvan Rodrigues Bezerra, Paloma Vitória da Silva Baracho, Rafael Bezerra de Brito Araújo, Rudyson Ric da Silva Santos e Zuil Ribeiro da Silva.</t>
   </si>
   <si>
     <t>5726</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/5726/ata_da_18a_reuniao_do_1o_periodo_de_2023.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/5726/ata_da_18a_reuniao_do_1o_periodo_de_2023.pdf</t>
   </si>
   <si>
     <t>Ata da 3.031ª (terceira milésima trigésima primeira) Sessão Ordinária da Câmara Municipal de Acari/RN. Décima oitava reunião do primeiro período legislativo de dois mil e vinte e três. Aos dez dias do mês de julho do ano de dois mil e vinte e três, às dezenove horas, na Sala das Sessões Plenário Vereador Antônio Ferreira da Costa, Palácio Vereador José Sueco de Medeiros, estiveram presentes os senhores Vereadores: Albervânia Silva de Medeiros Costa, José Erivan da Silva, José Rivaldo Lima, Nenilvan Rodrigues Bezerra, Paloma Vitória da Silva Baracho, Rafael Bezerra de Brito Araújo, Rudyson Ric da Silva Santos e Zuil Ribeiro da Silva. Ausente com justificativa a Vereadora Marineide Alves Dantas.</t>
   </si>
   <si>
     <t>5727</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/5727/ata_da_19a_reuniao_do_1o_periodo_de_2023.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/5727/ata_da_19a_reuniao_do_1o_periodo_de_2023.pdf</t>
   </si>
   <si>
     <t>Ata da 3.032ª (terceira milésima trigésima segunda) Sessão Ordinária da Câmara Municipal de Acari/RN. Décima nona reunião do primeiro período legislativo de dois mil e vinte e três. Aos dezessete dias do mês de julho do ano de dois mil e vinte e três, às dezenove horas, na Sala das Sessões Plenário Vereador Antônio Ferreira da Costa, Palácio Vereador José Sueco de Medeiros, estiveram presentes os senhores Vereadores: José Erivan da Silva, José Rivaldo Lima, Marineide Alves Dantas, Nenilvan Rodrigues Bezerra, Paloma Vitória da Silva Baracho, Rafael Bezerra de Brito Araújo, Rudyson Ric da Silva Santos e Zuil Ribeiro da Silva. Ausente com justificativa à Vereadora Albervânia Silva de Medeiros Costa.</t>
   </si>
   <si>
     <t>4516</t>
   </si>
   <si>
     <t>DL</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4516/decreto_no_001-2023_-_expediente_no_recesso.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4516/decreto_no_001-2023_-_expediente_no_recesso.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o funcionamento da Câmara Municipal de Acari no período de recesso parlamentar de janeiro de 2023.</t>
   </si>
   <si>
     <t>4565</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4565/decreto_no_002-2023_-_ponto_facultativo.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4565/decreto_no_002-2023_-_ponto_facultativo.pdf</t>
   </si>
   <si>
     <t>Fica declarado ponto facultativo no âmbito da Câmara Municipal de Acari/RN nos dias 20, 21 e 22 de fevereiro de 2023, em virtude do carnaval.</t>
   </si>
   <si>
     <t>4637</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4637/decreto_no_003-2023_-_suspensao_de_expediente.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4637/decreto_no_003-2023_-_suspensao_de_expediente.pdf</t>
   </si>
   <si>
     <t>Fica suspenso o expediente no âmbito da Câmara Municipal de Acari nesta sexta-feira, dia 17/03/2023.</t>
   </si>
   <si>
     <t>4638</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4638/decreto_no_004-2023_-_ponto_facultativo.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4638/decreto_no_004-2023_-_ponto_facultativo.pdf</t>
   </si>
   <si>
     <t>Fica declarado ponto facultativo no âmbito da Câmara Municipal de Acari/RN nos dias 06 e 07 de abril de 2023, em virtude da Semana Santa.</t>
   </si>
   <si>
     <t>4696</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4696/decreto_no_005-2023_-_comenda_dos_desportistas.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4696/decreto_no_005-2023_-_comenda_dos_desportistas.pdf</t>
   </si>
   <si>
     <t>Fica concedida, através da Indicação Coletiva nº 036/2023, aprovada na 12ª sessão ordinária do I Período Legislativo de 2023, ocorrida no dia 29 de maio de 2023, Comenda do Mérito Desportivo.</t>
   </si>
   <si>
     <t>4697</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4697/decreto_no_006-2023_-_ponto_facultativo.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4697/decreto_no_006-2023_-_ponto_facultativo.pdf</t>
   </si>
   <si>
     <t>Fica declarado ponto facultativo no âmbito da Câmara Municipal de Acari/RN no dia 09 de junho de 2023, em virtude do feriado de Corpus Christi.</t>
   </si>
   <si>
     <t>4693</t>
   </si>
   <si>
     <t>EA</t>
   </si>
   <si>
     <t>EMENDA ADITIVA</t>
   </si>
   <si>
     <t>ERIVAN ENFERMEIRO, RIC</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4693/emenda_aditiva_no_001-2023_-_pe_-_centro_historico.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4693/emenda_aditiva_no_001-2023_-_pe_-_centro_historico.pdf</t>
   </si>
   <si>
     <t>Ao Projeto de Lei n° 036/2022, de autoria do Poder Executivo Municipal, que “Institui o Centro Histórico do Município de Acari e dá outras providências”.</t>
   </si>
   <si>
     <t>4694</t>
   </si>
   <si>
     <t>RAFAEL</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4694/emenda_aditiva_no_002-2023_-_pe_-_centro_historico.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4694/emenda_aditiva_no_002-2023_-_pe_-_centro_historico.pdf</t>
   </si>
   <si>
     <t>4695</t>
   </si>
   <si>
     <t>NENILVAN</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4695/emenda_aditiva_no_003-2023_-_pe_-_centro_historico.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4695/emenda_aditiva_no_003-2023_-_pe_-_centro_historico.pdf</t>
   </si>
   <si>
     <t>4710</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4710/emenda_aditiva_no_004-2023_-_pe_-_centro_historico.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4710/emenda_aditiva_no_004-2023_-_pe_-_centro_historico.pdf</t>
   </si>
   <si>
     <t>4711</t>
   </si>
   <si>
     <t>RIC</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4711/emenda_aditiva_no_005-2023_-_pe_-_centro_historico.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4711/emenda_aditiva_no_005-2023_-_pe_-_centro_historico.pdf</t>
   </si>
   <si>
     <t>4712</t>
   </si>
   <si>
     <t>ERIVAN ENFERMEIRO</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4712/emenda_aditiva_no_006-2023_-_pe_-_centro_historico.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4712/emenda_aditiva_no_006-2023_-_pe_-_centro_historico.pdf</t>
   </si>
   <si>
     <t>4838</t>
   </si>
   <si>
     <t>NENILVAN, RAFAEL, ZUIL</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4838/emenda_aditiva_no_008-2023_-_pe_-_piso_nacional_da_enfermagem.doc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4838/emenda_aditiva_no_008-2023_-_pe_-_piso_nacional_da_enfermagem.doc.pdf</t>
   </si>
   <si>
     <t>Ao Projeto de Lei n° 20/2023, de autoria do Chefe do Poder Executivo Municipal, que “Autoriza o Poder Executivo a repassar recursos recebidos da_x000D_
 União para cumprimento da assistência financeira complementar de que trata a Emenda Constitucional n.º 127/2022”.</t>
   </si>
   <si>
     <t>4536</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>ZUIL</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4536/indicacao_no_001-2023-zrs.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4536/indicacao_no_001-2023-zrs.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja enviado expediente, ao chefe do Poder Executivo Municipal, para que o mesmo dentro das possibilidades, possa realizar o serviço de iluminação pública no loteamento Mirante de Gargalheiras.</t>
   </si>
   <si>
     <t>4537</t>
   </si>
   <si>
     <t>ALBERVANIA</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4537/indicacao_no_002-2023-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4537/indicacao_no_002-2023-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de sua função legislativa, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja enviado expediente, ao chefe do Poder Executivo Municipal, para que o mesmo dentro das possibilidades, possa realizar a pavimentação da rua Eduardo Galvão, bairro Centro.</t>
   </si>
   <si>
     <t>4546</t>
   </si>
   <si>
     <t>MARINEIDE</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4546/indicacao_no_003-2023-mad.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4546/indicacao_no_003-2023-mad.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de sua função legislativa, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja enviado expediente, ao chefe do Poder Executivo Municipal, para que o mesmo dentro das possibilidades, possa colocar uma proteção para chuvas, no local utilizado pelos praticantes de Jiu-Jitsu no Municipal Clube de Acari.</t>
   </si>
   <si>
     <t>4547</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4547/indicacao_no_004-2023-mad.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4547/indicacao_no_004-2023-mad.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de sua função legislativa, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja enviado expediente, ao chefe do Poder Executivo Municipal, para que o mesmo dentro das possibilidades, possa implantar placas para captação de energia solar, nas escolas da rede municipal de ensino.</t>
   </si>
   <si>
     <t>4548</t>
   </si>
   <si>
     <t>BADA</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4548/indicacao_no_005-2023-jrl.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4548/indicacao_no_005-2023-jrl.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja enviado expediente, ao chefe do Poder Executivo Municipal, para que o mesmo dentro das possibilidades, possa colocar traves na subida da lateral do Chique Center, evitando o tráfego de veículos pesados naquela localidade.</t>
   </si>
   <si>
     <t>4549</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4549/indicacao_no_006-2023-jrl.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4549/indicacao_no_006-2023-jrl.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja enviado expediente, ao chefe do Poder Executivo Municipal, para que o mesmo dentro das possibilidades, possa colocar placas nos dois sentidos da entrada do Povoado Bulhões, sinalizado a via de acesso</t>
   </si>
   <si>
     <t>4550</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4550/indicacao_no_007-2023-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4550/indicacao_no_007-2023-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de sua função legislativa, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja enviado expediente, ao chefe do Poder Executivo Municipal, para que o mesmo dentro das possibilidades, possa colocar barras de proteção na quadra da Escola Municipal Terezinha de Lourdes Galvão.</t>
   </si>
   <si>
     <t>4551</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4551/indicacao_no_008-2023-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4551/indicacao_no_008-2023-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de sua função legislativa, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja enviado expediente, ao chefe do Poder Executivo Municipal, para que o mesmo dentro das possibilidades, possa criar um programa “saúde em movimento” para crianças com e sem indicações clínicas no município.</t>
   </si>
   <si>
     <t>4571</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4571/indicacao_no_009-2023-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4571/indicacao_no_009-2023-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de sua função legislativa, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja enviado expediente, ao chefe do Poder Executivo Municipal, para que o mesmo dentro das possibilidades, possa criar um Centro de Proteção aos Animais.</t>
   </si>
   <si>
     <t>4572</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4572/indicacao_no_010-2023-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4572/indicacao_no_010-2023-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de sua função legislativa, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja enviado expediente, ao chefe do Poder Executivo Municipal, para que o mesmo dentro das possibilidades, possa asfaltar o trecho da rua Tomaz de Araújo que se inicia no Museu Histórico de Acari e vai até a BR-427.</t>
   </si>
   <si>
     <t>4573</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4573/indicacao_no_011-2023-zrs.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4573/indicacao_no_011-2023-zrs.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja enviado expediente, ao chefe do Poder Executivo Municipal, para que o mesmo dentro das possibilidades, possa realizar o serviço de colocação de postes e luminárias na rua Silvino Bezerra Filho, após a Néo Mármore e Granitos.</t>
   </si>
   <si>
     <t>4578</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4578/indicacao_no_012-2023-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4578/indicacao_no_012-2023-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de sua função legislativa, e, nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo dentro das possibilidades, juntamente com a Secretaria Municipal de Desenvolvimento Econômico, Turismo, Desporto e Lazer possam realizar festivais de bandas locais amadoras.</t>
   </si>
   <si>
     <t>4579</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4579/indicacao_no_013-2023-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4579/indicacao_no_013-2023-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de sua função legislativa, e, nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, seja enviado expediente ao Chefe do Poder Executivo, para que dentro das possibilidades do Município, sejam construídos assentos na parte externa do posto de saúde Raimunda Medeiros (D. Raimundinha) PSF III, no Bairro Vereador Tarcísio Bezerra Galvão.</t>
   </si>
   <si>
     <t>4590</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4590/indicacao_no_014-2023-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4590/indicacao_no_014-2023-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de suas funções legislativo, e, nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, tome as necessárias providências no sentido de reformar às paradas de ônibus, sendo: uma na rua Tiradentes, no Bairro Luiz Gonzaga e a outra na rua Vicente de Moura, próximo ao hospital regional no Bairro Senador Dinarte Mariz, ambas localizadas na RN 288 saindo para a cidade vizinha de Cruzeta e às duas localizadas na BR 427, sendo uma na saída para Currais Novos próximo ao posto das cordilheiras no Bairro Cardeal Dom Eugênio Sales e a outra na saída para Carnaúbas dos Dantas em frente ao cemitério público no Bairro Petrópolis.</t>
   </si>
   <si>
     <t>4591</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4591/indicacao_no_015-2023-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4591/indicacao_no_015-2023-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de sua função legislativa, e, nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo tome as necessárias providências no sentido de firmar convênio com o Ministério da Saúde para a aquisição de um “ODONTOMÓVEL”.</t>
   </si>
   <si>
     <t>4602</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4602/indicacao_no_016-2023-jes.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4602/indicacao_no_016-2023-jes.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja enviado expediente, ao chefe do Poder Executivo Municipal, para que o mesmo dentro das possibilidades, possa realizar melhorias na iluminação do pontilhão da rua Dr. José Augusto.</t>
   </si>
   <si>
     <t>4603</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4603/indicacao_no_017-2023-zrs.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4603/indicacao_no_017-2023-zrs.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja enviado expediente, ao chefe do Poder Executivo Municipal, para que o mesmo dentro das possibilidades, possa construir uma mini quadra no sangradouro do açude das Oiticicas (açude da santa).</t>
   </si>
   <si>
     <t>4604</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4604/indicacao_no_018-2023-nrb.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4604/indicacao_no_018-2023-nrb.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja enviado expediente, ao chefe do Poder Executivo Municipal, para que o mesmo dentro das possibilidades, possa construir uma parada de ônibus na entrada do Povoado Bulhões.</t>
   </si>
   <si>
     <t>4608</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4608/indicacao_no_019-2023-mad.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4608/indicacao_no_019-2023-mad.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de sua função legislativa, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja enviado expediente, ao chefe do Poder Executivo Municipal, para que o mesmo dentro das possibilidades, possa disponibilizar um profissional de Psicologia que já faça parte do quadro municipal, para prestar serviços nas escolas da rede municipal de ensino.</t>
   </si>
   <si>
     <t>4633</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4633/indicacao_no_020-2023-nrb.docx_1.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4633/indicacao_no_020-2023-nrb.docx_1.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja enviado expediente, ao chefe do Poder Executivo Municipal, para que o mesmo dentro das possibilidades, possa colocar vigilância privada nas escolas do município.</t>
   </si>
   <si>
     <t>4634</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4634/indicacao_no_021-2023-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4634/indicacao_no_021-2023-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de sua função legislativa, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja enviado expediente, ao chefe do Poder Executivo Municipal, para que o mesmo dentro das possibilidades, possa elevar a altura do muro da Escola Municipal Terezinha de Lourdes Galvão</t>
   </si>
   <si>
     <t>4659</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4659/indicacao_no_022-2023-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4659/indicacao_no_022-2023-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de sua função legislativa, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa disponibilizar junto a secretaria de saúde municipal, uma residência em Natal/RN, para os pacientes que necessitem pernoitar durante algum tratamento de saúde.</t>
   </si>
   <si>
     <t>4660</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4660/indicacao_no_023-2023-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4660/indicacao_no_023-2023-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de sua função legislativa, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa disponibilizar curso profissionalizante de corte e costura no Povoado Bulhões.</t>
   </si>
   <si>
     <t>4661</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4661/indicacao_no_024-2023-rbba.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4661/indicacao_no_024-2023-rbba.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa criar uma feira de animais e construir uma pocilga comunitária, no terreno pertencente ao município, localizado ao lado do novo abatedouro público municipal.</t>
   </si>
   <si>
     <t>4662</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4662/indicacao_no_025-2023-nrb.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4662/indicacao_no_025-2023-nrb.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja enviado expediente, ao chefe do Poder Executivo Municipal, para que o mesmo dentro das possibilidades, possa colocar grades de proteção na quadra de esportes da Escola Municipal Terezinha de Lourdes Galvão.</t>
   </si>
   <si>
     <t>4663</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4663/indicacao_no_026-2023-nrb.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4663/indicacao_no_026-2023-nrb.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja enviado expediente, ao chefe do Poder Executivo Municipal, para que o mesmo dentro das possibilidades, possa construir bancos de alvenaria na quadra de esportes José Dantas (quadra externa do Jorácio Mamede Galvão).</t>
   </si>
   <si>
     <t>4664</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4664/indicacao_no_027-2023-rbba.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4664/indicacao_no_027-2023-rbba.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa construir uma rotatória entre as ruas Tomaz de Araújo e rua Tiradentes.</t>
   </si>
   <si>
     <t>4665</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4665/indicacao_no_028-2023-rbba.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4665/indicacao_no_028-2023-rbba.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa aumentar o quadro de profissionais de Fisioterapia no município.</t>
   </si>
   <si>
     <t>4666</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4666/indicacao_no_029-2023-nrb.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4666/indicacao_no_029-2023-nrb.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja enviado expediente, ao chefe do Poder Executivo Municipal, para que o mesmo dentro das possibilidades, institua o Programa CNH Popular no âmbito do Município de Acari/RN, através do fornecimento gratuito da Carteira Nacional de Habilitação (CNH) às pessoas de baixa renda inscritas no Cadastro Único para Programas Sociais do Governo Federal.</t>
   </si>
   <si>
     <t>4667</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4667/indicacao_no_030-2023-zrs.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4667/indicacao_no_030-2023-zrs.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de suas funções legislativas e nos termos regimentais, REQUER de Vossa Excelência, depois de ouvido o Plenário, que seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo dentro das possibilidades, possa colocar barras de proteção nas seguintes ruas: Desembargador Silvino Bezerra (Petrópolis), rua Francisco Bezerra (Ari de Pinho) e rua Manoel Norte (Petrópolis).</t>
   </si>
   <si>
     <t>4672</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4672/indicacao_no_031-2023-jes.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4672/indicacao_no_031-2023-jes.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa providenciar a limpeza e manutenção da quadra de esportes da comunidade rural Beira do Rio.</t>
   </si>
   <si>
     <t>4673</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4673/indicacao_no_032-2023-rbba.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4673/indicacao_no_032-2023-rbba.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa realizar o serviço de roço e recuperação das estradas vicinais da zona rural do município.</t>
   </si>
   <si>
     <t>4674</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4674/indicacao_no_033-2023-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4674/indicacao_no_033-2023-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de sua função legislativa, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa construir um pequeno palco na praça Antão Lopes.</t>
   </si>
   <si>
     <t>4675</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4675/indicacao_no_034-2023-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4675/indicacao_no_034-2023-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de sua função legislativa, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa construir uma praça no bairro Dinarte Mariz, na localidade conhecida como Malhada.</t>
   </si>
   <si>
     <t>4676</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4676/indicacao_no_035-2023-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4676/indicacao_no_035-2023-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de sua função legislativa, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa realizar melhorias na pavimentação da rua Major Hortêncio.</t>
   </si>
   <si>
     <t>4677</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>ALBERVANIA, BADA, ERIVAN ENFERMEIRO, MARINEIDE, NENILVAN, PALOMA, RAFAEL, RIC, ZUIL</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4677/indicacao_no_036-2023-coletiva.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4677/indicacao_no_036-2023-coletiva.pdf</t>
   </si>
   <si>
     <t>Os Vereadores signatários, no uso de suas funções legislativas, e nos termos regimentais, REQUEREM de Vossa Excelência, após ouvido o Plenário, que sejam aprovados os nomes dos agraciados para a Comenda do Mérito Desportivo no ano de 2023.</t>
   </si>
   <si>
     <t>4688</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4688/indicacao_no_037-2023-rrss.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4688/indicacao_no_037-2023-rrss.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa disponibilizar um ônibus circular nos horários que os funcionários das fábricas de costura do município se deslocam para as referidas empresas.</t>
   </si>
   <si>
     <t>4689</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4689/indicacao_no_038-2023-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4689/indicacao_no_038-2023-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária no uso de suas funções legislativas e nos termos regimentais REQUER de Vossa Excelência, depois de ouvido o Plenário, seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo veja a possibilidade de criar um CENTRO DE REFERÊNCIA DE SAÚDE PÚBLICA EXCLUSIVA DA TERCEIRA IDADE.</t>
   </si>
   <si>
     <t>4709</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>PALOMA</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4709/indicacao_no_039-2023-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4709/indicacao_no_039-2023-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária no uso de suas funções legislativas e nos termos regimentais REQUER de Vossa Excelência, depois de ouvido o Plenário, seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo veja a possibilidade de criar um espaço para pessoas com deficiência no pavilhão da festa de Nossa Senhora da Guia.</t>
   </si>
   <si>
     <t>4730</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4730/indicacao_no_040-2023-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4730/indicacao_no_040-2023-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária no uso de suas funções legislativas e nos termos regimentais REQUER de Vossa Excelência, depois de ouvido o Plenário, seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo dentro das possibilidades, possa resgatar o festival de quadrilhas juninas no município, e que seja realizado no entorno da Praça Cipriano Pereira, com competições de quadrilhas juninas.</t>
   </si>
   <si>
     <t>4731</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4731/indicacao_no_041-2023-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4731/indicacao_no_041-2023-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária no uso de suas funções legislativas e nos termos regimentais REQUER de Vossa Excelência, depois de ouvido o Plenário, seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo dentro das possibilidades, possa construir uma Praça com Academia da Saúde no Bairro Tarcísio Bezerra Galvão.</t>
   </si>
   <si>
     <t>4732</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4732/indicacao_no_042-2023-pvsb.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4732/indicacao_no_042-2023-pvsb.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária no uso de suas funções legislativas e nos termos regimentais REQUER de Vossa Excelência, depois de ouvido o Plenário, seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo veja a possibilidade em parceria com a Secretaria de Saúde Municipal, de disponibilizar um veículo mensalmente para as pessoas que quiserem fazer doação de sangue.</t>
   </si>
   <si>
     <t>4745</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4745/indicacao_no_043-2023-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4745/indicacao_no_043-2023-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária no uso de suas funções legislativas e nos termos regimentais REQUER de Vossa Excelência, depois de ouvido o Plenário, seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo dentro das possibilidades, possa construir uma academia da saúde na praça existente ao lado do Pórtico do bairro Dinarte Mariz.</t>
   </si>
   <si>
     <t>4746</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4746/indicacao_no_044-2023-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4746/indicacao_no_044-2023-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária no uso de suas funções legislativas e nos termos regimentais REQUER de Vossa Excelência, depois de ouvido o Plenário, seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo veja a possibilidade de colocar BARRAS DE PROTEÇÃO começando no Bistrô até a parede do Açude Marechal Dutra, (Açude de Gargalheiras).</t>
   </si>
   <si>
     <t>4751</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4751/indicacao_no_045-2023-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4751/indicacao_no_045-2023-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária no uso de suas funções legislativas e nos termos regimentais REQUER de Vossa Excelência, depois de ouvido o Plenário, seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo veja a possibilidade de realizar o serviço de recuperação dos pisos de concreto existentes no pavilhão da rua Otávio Lamartine e rua Dr. José Augusto (em frente à igreja do Rosário).</t>
   </si>
   <si>
     <t>4753</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4753/indicacao_no_046-2023-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4753/indicacao_no_046-2023-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de suas funções legislativas, e nos termos regimentais, requer de vossa excelência, depois de ouvido o plenário, seja enviado expediente ao chefe do poder executivo municipal, para que dentro das possibilidades, seja pavimentado o espaço existente entre o muro do Cemitério Público Municipal denominado Vicente de Paula e vários muros residenciais da Rua Francisco das Chagas Bezerra (Borrão), assim como a outra lateral que fica localizada na lateral do antigo prédio da TELERN.</t>
   </si>
   <si>
     <t>4754</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4754/indicacao_no_047-2023-rrss.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4754/indicacao_no_047-2023-rrss.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa realizar o serviço de reforma da Praça Otávio Lamartine.</t>
   </si>
   <si>
     <t>4757</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4757/indicacao_no_048-2023-coletiva.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4757/indicacao_no_048-2023-coletiva.pdf</t>
   </si>
   <si>
     <t>Os Vereadores signatários, no uso de suas funções legislativas, e nos termos regimentais, REQUEREM de Vossa Excelência, após ouvido o Plenário, que sejam aprovados os nomes dos agraciados para o Título de Cidadania Acariense no ano de 2023, conforme indicação coletiva assinada pelos 09 (nove) Vereadores</t>
   </si>
   <si>
     <t>4800</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4800/indicacao_no_049-2023-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4800/indicacao_no_049-2023-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de sua função legislativa, e, nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa pavimentar à Rua Joaquim José, Bairro Centro.</t>
   </si>
   <si>
     <t>4801</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4801/indicacao_no_050-2023-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4801/indicacao_no_050-2023-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de suas funções legislativo, e, nos termos regimentais, REQUER de Vossa Excelência, depois de ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que dentro das possibilidades financeiras, o mesmo interceda junto à coordenadoria de esportes para que sejam criadas escolinhas municipais de futebol, handebol, voleibol e outras modalidades esportivas no município.</t>
   </si>
   <si>
     <t>4819</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4819/indicacao_no_051-2023-rbba.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4819/indicacao_no_051-2023-rbba.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa realizar o serviço de pintura das faixas de pedestres existentes em frentes às escolas do município.</t>
   </si>
   <si>
     <t>4820</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4820/indicacao_no_052-2023-zrs.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4820/indicacao_no_052-2023-zrs.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de suas funções legislativas e nos termos regimentais, REQUER de Vossa Excelência, depois de ouvido o Plenário, que seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo dentro das possibilidades, possa realizar a extensão luminária no perímetro que corresponde entre a frente do Posto das Cordilheiras e a primeira ponte, na BR 427.</t>
   </si>
   <si>
     <t>4821</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4821/indicacao_no_053-2023-mad.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4821/indicacao_no_053-2023-mad.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de sua função legislativa, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja enviado expediente, ao chefe do Poder Executivo Municipal, para que o mesmo dentro das possibilidades, possa pavimentar a rua José Everaldo Pereira Dantas</t>
   </si>
   <si>
     <t>4822</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4822/indicacao_no_054-2023-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4822/indicacao_no_054-2023-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de suas funções legislativo, e, nos termos regimentais, REQUER de Vossa Excelência, depois de ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que dentro das possibilidades, possa realizar curso de corte e costura no Povoado Gargalheiras.</t>
   </si>
   <si>
     <t>4833</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4833/indicacao_no_055-2023-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4833/indicacao_no_055-2023-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de suas funções legislativo, e, nos termos regimentais, REQUER de Vossa Excelência, depois de ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que dentro das possibilidades, possa realizar melhorias na iluminação da rua Vitória Ribeiro.</t>
   </si>
   <si>
     <t>4834</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4834/indicacao_no_056-2023-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4834/indicacao_no_056-2023-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de suas funções legislativo, e, nos termos regimentais, REQUER de Vossa Excelência, depois de ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que dentro das possibilidades, possa construir um quebra-molas na rua José Rodrigues Cruz.</t>
   </si>
   <si>
     <t>4836</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4836/indicacao_no_057-2023-rbba.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4836/indicacao_no_057-2023-rbba.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa colocar placas de sinalização nas faixas de pedestres do município que ainda não dispõem desses dispositivos.</t>
   </si>
   <si>
     <t>4837</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4837/indicacao_no_058-2023-rbba.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4837/indicacao_no_058-2023-rbba.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa criar um novo Plano de Cargos, Carreira e Salários do Município de Acari/RN.</t>
   </si>
   <si>
     <t>4840</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4840/indicacao_no_059-2023-jes.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4840/indicacao_no_059-2023-jes.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa construir saídas de emergência nas escolas da rede municipal de ensino.</t>
   </si>
   <si>
     <t>4841</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4841/indicacao_no_060-2023-zrs.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4841/indicacao_no_060-2023-zrs.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de suas funções legislativas e nos termos regimentais, REQUER de Vossa Excelência, depois de ouvido o Plenário, que seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo dentro das possibilidades, possa construir dentro dos padrões da lei municipal nº 1.047/2016, (02) dois quebra-molas na rua Manoel Aprígio, bairro Tarcísio Bezerra Galvão.</t>
   </si>
   <si>
     <t>4842</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>PALOMA, ZUIL</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4842/indicacao_no_061-2023-zrs.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4842/indicacao_no_061-2023-zrs.pdf</t>
   </si>
   <si>
     <t>Os Vereadores signatários, no uso de suas funções legislativas e nos termos regimentais, REQUEREM de Vossa Excelência, depois de ouvido o Plenário, que seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo dentro das possibilidades, possa colocar câmeras de monitoramento, na ciclovia José Vinícius que liga Acari - Gargalheiras.</t>
   </si>
   <si>
     <t>4846</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4846/indicacao_no_062-2023-pvsb.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4846/indicacao_no_062-2023-pvsb.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária no uso de suas funções legislativas e nos termos regimentais REQUER de Vossa Excelência, depois de ouvido o Plenário, seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo veja a possibilidade de solicitar junto ao Governo do Estado, o carro da Mamografia Móvel, para realizar ações dentro do outubro rosa.</t>
   </si>
   <si>
     <t>4847</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4847/indicacao_no_063-2023-jes.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4847/indicacao_no_063-2023-jes.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa construir uma parada de ônibus no conjunto dos trabalhadores.</t>
   </si>
   <si>
     <t>4848</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4848/indicacao_no_064-2023-jes.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4848/indicacao_no_064-2023-jes.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa fazer a seguintes sinalizações com placas no percurso Acari-Gargalheiras: Riacho da Juliana, Boeira do Eduardo, Curva do Café Torrado e Pedra do Descanso.</t>
   </si>
   <si>
     <t>4849</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4849/indicacao_no_065-2023-jes.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4849/indicacao_no_065-2023-jes.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa colocar lixeiras na Ciclovia que liga Acari x Gargalheiras.</t>
   </si>
   <si>
     <t>4850</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4850/indicacao_no_066-2023-zrs.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4850/indicacao_no_066-2023-zrs.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa colocar placas com proibição de animais nas quadras de areia do município.</t>
   </si>
   <si>
     <t>4851</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4851/indicacao_no_067-2023-zrs.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4851/indicacao_no_067-2023-zrs.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa colocar o nome Roberto Véras Galvão, no primeiro galpão a ser inaugurado do Acari Cidade da Moda.</t>
   </si>
   <si>
     <t>4852</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4852/indicacao_no_068-2023-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4852/indicacao_no_068-2023-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de suas funções legislativo, e, nos termos regimentais, REQUER de Vossa Excelência, depois de ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que dentro das possibilidades, possa realizar o serviço de recuperação dos quebra-molas existentes na rua João Benedito da Silva, Conjunto dos Trabalhadores.</t>
   </si>
   <si>
     <t>4853</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4853/indicacao_no_069-2023-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4853/indicacao_no_069-2023-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de sua função legislativa, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa colocar barras de proteção no final da rua 15 de agosto.</t>
   </si>
   <si>
     <t>4854</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4854/indicacao_no_070-2023-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4854/indicacao_no_070-2023-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de sua função legislativa, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa colocar placas com a proibição de abandono de animais, no trecho entre Acari x Gargalheiras.</t>
   </si>
   <si>
     <t>4867</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4867/indicacao_no_071-2023-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4867/indicacao_no_071-2023-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de sua função legislativa, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa colocar uma academia de saúde e um parque infantil na Praça de eventos Iva Jatobá Bezerra.</t>
   </si>
   <si>
     <t>4868</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4868/indicacao_no_072-2023-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4868/indicacao_no_072-2023-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de sua função legislativa, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa disponibilizar um médico pediatra semanalmente no município.</t>
   </si>
   <si>
     <t>4869</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4869/indicacao_no_073-2023-pvsb.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4869/indicacao_no_073-2023-pvsb.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária no uso de suas funções legislativas e nos termos regimentais REQUER de Vossa Excelência, depois de ouvido o Plenário, seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa realizar melhorias (pintura da quadra, troca de redes, iluminação), no Ginásio de Esportes Dr. Jorácio Mamede Galvão, tendo em vista o início da Copa Lalaka de futsal.</t>
   </si>
   <si>
     <t>4891</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4891/indicacao_no_074-2023-jes.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4891/indicacao_no_074-2023-jes.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa retirar às caçambas de lixo da lateral do Cruzeiro vizinho ao Museu Histórico de Acari, e possa coloca-las em outro local próximo e também possa realizar a retirada do lixo das mesmas semanalmente.</t>
   </si>
   <si>
     <t>4892</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4892/indicacao_no_075-2023-jes.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4892/indicacao_no_075-2023-jes.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa criar rampas de acesso nas calçadas do entorno da Escola Tomáz de Araújo.</t>
   </si>
   <si>
     <t>4893</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4893/indicacao_no_076-2023-jes.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4893/indicacao_no_076-2023-jes.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa realizar um estudo técnico sobre a mudança de cargo de Auxiliar de Enfermagem para Técnico de Enfermagem.</t>
   </si>
   <si>
     <t>4894</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>RAFAEL, MARINEIDE</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4894/indicacao_no_077-2023-rbba.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4894/indicacao_no_077-2023-rbba.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa realizar melhorias na Quadra Monsenhor Ernesto da Silva Espínola (pintura da quadra, troca das redes das traves e reparo dos alambrados).</t>
   </si>
   <si>
     <t>4895</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4895/indicacao_no_078-2023-rbba.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4895/indicacao_no_078-2023-rbba.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa construir (02) dois quebra – molas nas ruas paralelas a Praça Antão Lopes, bairro Luiz Gonzaga.</t>
   </si>
   <si>
     <t>4896</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4896/indicacao_no_079-2023-rbba.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4896/indicacao_no_079-2023-rbba.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa disponibilizar Garis para as ruas João Solon de Medeiros e Conjunto Elizabete Pereira Galvão.</t>
   </si>
   <si>
     <t>4898</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4898/indicacao_no_080-2023-rrss.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4898/indicacao_no_080-2023-rrss.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa denominar a praça que está sendo construída no Bairro Tarcísio Bezerra Galvão de “Praça Francisco de Assis Higino (Chico Higino)”.</t>
   </si>
   <si>
     <t>4899</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4899/indicacao_no_081-2023-jes.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4899/indicacao_no_081-2023-jes.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja enviado_x000D_
 expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa revitalizar o pórtico da entrada do Povoado Gargalheiras.</t>
   </si>
   <si>
     <t>4901</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4901/indicacao_no_082-2023-rbba.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4901/indicacao_no_082-2023-rbba.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa construir ondulações transversais (quebra-molas) na Avenida Guttemberg Pereira de Brito, localizada na lateral da creche municipal, em conformidade à Lei Municipal nº 1.239/2022.</t>
   </si>
   <si>
     <t>4902</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4902/indicacao_no_083-2023-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4902/indicacao_no_083-2023-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de suas funções legislativas e nos termos regimentais, REQUER de Vossa Excelência, depois de ouvido o Plenário, que seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo dentro das possibilidades, possa fazer a cobertura do perímetro que corresponde desde a entrada até a capela do cemitério Morada da Paz São João Batista.</t>
   </si>
   <si>
     <t>4903</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4903/indicacao_no_084-2023-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4903/indicacao_no_084-2023-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de sua função legislativa, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa construir uma Academia de Esportes na rua Desembargador Silvino Bezerra, bairro Petrópolis.</t>
   </si>
   <si>
     <t>4904</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4904/indicacao_no_085-2023-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4904/indicacao_no_085-2023-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de sua função legislativa, e, nos termos regimentais, REQUER de Vossa Excelência, depois de ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo tome as necessárias providências no sentido de pavimentar as vias de acesso aos túmulos do Cemitério Morada da Paz São João Batista.</t>
   </si>
   <si>
     <t>4905</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4905/indicacao_no_086-2023-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4905/indicacao_no_086-2023-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de sua função legislativa, e, nos termos regimentais, REQUER de Vossa Excelência, depois de ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa pavimentar o trecho entre às ruas Thomas Sebastião e Ana Fernandes, na lateral da casa da Sra. Edvina.</t>
   </si>
   <si>
     <t>4910</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4910/indicacao_no_087-2023-pvsb.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4910/indicacao_no_087-2023-pvsb.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária no uso de suas funções legislativas e nos termos regimentais REQUER de Vossa Excelência, depois de ouvido o Plenário, seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa colocar (08) oito bancos de alvenaria no entorno da Capela de Santa Rita de Cássia.</t>
   </si>
   <si>
     <t>4912</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4912/indicacao_no_088-2023-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4912/indicacao_no_088-2023-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de sua função legislativa, e, nos termos regimentais, REQUER de Vossa Excelência, depois de ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa colocar barras de proteção na parte alta da rua Francisco Bezerra.</t>
   </si>
   <si>
     <t>4913</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4913/indicacao_no_089-2023-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4913/indicacao_no_089-2023-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de sua função legislativa, e, nos termos regimentais, REQUER de Vossa Excelência, depois de ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa arborizar e colocar bancos de assento nos canteiros dos calçamentos do bairro Petrópolis.</t>
   </si>
   <si>
     <t>4914</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4914/indicacao_no_090-2023-zrs.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4914/indicacao_no_090-2023-zrs.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa providenciar um recadastramento de endereços e numeração de residências do nosso município.</t>
   </si>
   <si>
     <t>4915</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4915/indicacao_no_091-2023-pvsb.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4915/indicacao_no_091-2023-pvsb.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária no uso de suas funções legislativas e nos termos regimentais REQUER de Vossa Excelência, depois de ouvido o Plenário, seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa realizar o serviço de recuperação das placas de identificação das unidades básicas de saúde do município.</t>
   </si>
   <si>
     <t>4916</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4916/indicacao_no_092-2023-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4916/indicacao_no_092-2023-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de sua função legislativa, e, nos termos regimentais, REQUER de Vossa Excelência, depois de ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa concluir à pavimentação da rua João Soares de Medeiro, bairro Petrópolis.</t>
   </si>
   <si>
     <t>4917</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4917/indicacao_no_093-2023-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4917/indicacao_no_093-2023-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de sua função legislativa, e, nos termos regimentais, REQUER de Vossa Excelência, depois de ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa colocar lixeiras, na Praça de Alimentação Eliseu Vitoriano da Silva, rua Tomaz de Araújo, bairro Centro.</t>
   </si>
   <si>
     <t>4918</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4918/indicacao_no_094-2023-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4918/indicacao_no_094-2023-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de sua função legislativa, e, nos termos regimentais, REQUER de Vossa Excelência, depois de ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa construir uma Praça no Povoado Bulhões.</t>
   </si>
   <si>
     <t>4909</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/</t>
+    <t>http://sapl.acari.rn.leg.br/media/</t>
   </si>
   <si>
     <t>MOÇÃO Nº 001/2023, DE CELEBRAÇÕES PELO BICENTENÁRIO DE NOMEÇÃO DO ACARIENSE THOMAZ DE ARAÚJO PEREIRA (3º), NO CARGO DE 1º PRESIDENTE DA PROVINCIA DO RIO GRANDE DO NORTE, COMEMORADO EM 25 DE NOVEMBRO DE 2023</t>
   </si>
   <si>
     <t>4576</t>
   </si>
   <si>
     <t>OASMC</t>
   </si>
   <si>
     <t>Ofícios Exp. do Gabinete da Vereadora Albervania</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4576/oficio_no_001-2023_-_uern.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4576/oficio_no_001-2023_-_uern.pdf</t>
   </si>
   <si>
     <t>Solicitar dentro das possibilidades, parcerias junto ao Município de Acari-RN, para a realização de alguns cursos.</t>
   </si>
   <si>
     <t>4577</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4577/oficio_no_002-2023-_desenvolvimento_regional.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4577/oficio_no_002-2023-_desenvolvimento_regional.pdf</t>
   </si>
   <si>
     <t>Apoio para construção de casas populares no município de Acari/RN.</t>
   </si>
   <si>
     <t>4655</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4655/oficio_no_003-2023_-_prefeito.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4655/oficio_no_003-2023_-_prefeito.pdf</t>
   </si>
   <si>
     <t>Venho através do presente, solicitar de Vossa Excelência, que dentro das possibilidades, possa instalar câmeras de monitoramento, nas entradas das escolas da rede municipal de ensino.</t>
   </si>
   <si>
     <t>4656</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4656/oficio_no_004-2023_-_saude.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4656/oficio_no_004-2023_-_saude.pdf</t>
   </si>
   <si>
     <t>Venho através do presente, solicitar informações acerca dos atendimentos médicos do programa “Mais Médicos” nos PSF´S onde os serviços desses profissionais estavam em falta.</t>
   </si>
   <si>
     <t>4681</t>
   </si>
   <si>
     <t>ALBERVANIA, MARINEIDE, RAFAEL</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4681/oficio_no_005-2023_-_caern_comissao.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4681/oficio_no_005-2023_-_caern_comissao.pdf</t>
   </si>
   <si>
     <t>Cumprimentando-o cordialmente, à Comissão de Representação de Abastecimento, convida vossa excelência para participar de uma sessão plenária na Câmara Municipal de Acari, que são realizadas semanalmente nas segundas-feiras, para prestar esclarecimentos acerca do abastecimento d’água do município.</t>
   </si>
   <si>
     <t>4682</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4682/oficio_no_006-2023_-_caern_comissao.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4682/oficio_no_006-2023_-_caern_comissao.pdf</t>
   </si>
   <si>
     <t>4713</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4713/oficio_no_007-2023-_desenvolvimento_regional.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4713/oficio_no_007-2023-_desenvolvimento_regional.pdf</t>
   </si>
   <si>
     <t>Apoio para construção de casas populares</t>
   </si>
   <si>
     <t>4784</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4784/oficio_no_008-2023_-_caern.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4784/oficio_no_008-2023_-_caern.pdf</t>
   </si>
   <si>
     <t>Solicitação de esgotamento sanitário para o Povoado Gargalheiras.</t>
   </si>
   <si>
     <t>4785</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4785/oficio_no_009-2023-_der.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4785/oficio_no_009-2023-_der.pdf</t>
   </si>
   <si>
     <t>Serviço de recuperação da malha viária da RN-288 no perímetro urbano do Município de Acari.</t>
   </si>
   <si>
     <t>4786</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4786/oficio_no_010-2023_-_ezequiel.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4786/oficio_no_010-2023_-_ezequiel.pdf</t>
   </si>
   <si>
     <t>4787</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4787/oficio_no_011-2023_-_styvenson.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4787/oficio_no_011-2023_-_styvenson.pdf</t>
   </si>
   <si>
     <t>Recuperação e liberação para tráfego de carros da Ponte Juvenal Lamartine (Ponte Velha), tecnicamente classificada como “ponte sobre o Rio Acauã II, no km 28,03 do antigo traçado da BR-427/RN”, ligando o centro da cidade ao Bairro Petrópolis, em Acari/RN.</t>
   </si>
   <si>
     <t>4930</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4930/oficio_no_012-2023_-_educacao.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4930/oficio_no_012-2023_-_educacao.pdf</t>
   </si>
   <si>
     <t>Venho através do presente, solicitar de vossa senhoria, que dentro das possibilidades, possa realizar a implementação da progressão funcional dos servidores públicos municipais, conforme previsto na legislação municipal. Essa medida tem como objetivo a valorização do servidor municipal.</t>
   </si>
   <si>
     <t>4931</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4931/oficio_no_013-2023_-_caern_regional.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4931/oficio_no_013-2023_-_caern_regional.pdf</t>
   </si>
   <si>
     <t>Cumprimentando-o cordialmente, venho solicitar que, dentro das possibilidades a CAERN possa suspender a cobrança da taxa de abastecimento d’água nas residências onde a água não tem chegado nas torneiras no Povoado Gargalheiras, município de Acari/RN.</t>
   </si>
   <si>
     <t>4932</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4932/oficio_no_014-2023_-_ezequiel.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4932/oficio_no_014-2023_-_ezequiel.pdf</t>
   </si>
   <si>
     <t>Cumprimentando-o cordialmente, vimos solicitar, dentro das possibilidades, que seja destacada uma emenda parlamentar no Orçamento Geral do Estado para o município de Acari com a finalidade de custeio da saúde.</t>
   </si>
   <si>
     <t>4933</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4933/oficio_no_015-2023_-_caern_regional.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4933/oficio_no_015-2023_-_caern_regional.pdf</t>
   </si>
   <si>
     <t>Cumprimentando-o cordialmente, venho solicitar que, dentro das possibilidades a CAERN possa realizar o serviço de troca da tubulação que abastece o Povoado Gargalheiras, município de Acari/RN.</t>
   </si>
   <si>
     <t>4560</t>
   </si>
   <si>
     <t>OMAD</t>
   </si>
   <si>
     <t xml:space="preserve">Ofícios Exp. do Gabinete da Vereadora Marineide </t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4560/oficio_no_001-2023_-_policia.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4560/oficio_no_001-2023_-_policia.pdf</t>
   </si>
   <si>
     <t>Reforço policial com ronda no Povoado Gargalheiras durante o período de carnaval de 2023.</t>
   </si>
   <si>
     <t>4715</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4715/oficio_no_002-2023_-_saude.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4715/oficio_no_002-2023_-_saude.pdf</t>
   </si>
   <si>
     <t>Venho através do presente, solicitar informações acerca do número de crianças na fila de espera para diagnósticos de TEA e TDHA, e também o número de crianças que aguardam atendimento psicológico, fonoaudiológico e de terapia ocupacional no município.</t>
   </si>
   <si>
     <t>4716</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4716/oficio_no_003-2023_-_ezequiel.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4716/oficio_no_003-2023_-_ezequiel.pdf</t>
   </si>
   <si>
     <t>Bonés personalizados para o Desfile do Agricultor, que ocorrerá no dia 12 de agosto de 2023, dentro da programação da Festa de Nossa Senhora da Guia, padroeira da cidade de Acari.</t>
   </si>
   <si>
     <t>4717</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4717/oficio_no_004-2023_-_hermano.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4717/oficio_no_004-2023_-_hermano.pdf</t>
   </si>
   <si>
     <t>4789</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4789/oficio_no_005-2023_-_policia.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4789/oficio_no_005-2023_-_policia.pdf</t>
   </si>
   <si>
     <t>Ronda ostensiva no entorno da capela de santa Rita de Cássia no bairro Petrópolis.</t>
   </si>
   <si>
     <t>4790</t>
   </si>
   <si>
     <t>MARINEIDE, ALBERVANIA</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4790/oficio_no_006-2023_-_ezequiel.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4790/oficio_no_006-2023_-_ezequiel.pdf</t>
   </si>
   <si>
     <t>Confecção de bonés personalizados para o Desfile do Agricultor.</t>
   </si>
   <si>
     <t>4525</t>
   </si>
   <si>
     <t>OJRL</t>
   </si>
   <si>
     <t>Ofícios Exp. do Gabinete do Vereador José Rivaldo</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4525/oficio_no_001_2023_-_presidencia.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4525/oficio_no_001_2023_-_presidencia.pdf</t>
   </si>
   <si>
     <t>Cumprimentando-o cordialmente, venho por meio deste, entregar o Relatório Técnico Conclusivo de Transição de Mandato 2022/2023, elaborado pela Equipe de Transição especialmente designada para este fim, em conformidade com a Resolução nº 034/2016 do Tribunal de Contas do Estado do Rio Grande do Norte.</t>
   </si>
   <si>
     <t>4714</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4714/oficio_no_002_2023_-_meio_ambiente.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4714/oficio_no_002_2023_-_meio_ambiente.pdf</t>
   </si>
   <si>
     <t>Solicitação de mudas de árvores.</t>
   </si>
   <si>
     <t>4506</t>
   </si>
   <si>
     <t>OFEX</t>
   </si>
   <si>
     <t>Ofícios Expedidos</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4506/oficio_no_001-2023_-_bb.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4506/oficio_no_001-2023_-_bb.pdf</t>
   </si>
   <si>
     <t>Ao Sr. ISAIAS PAIVA LINHARES - Gerente de Relacionamento do Setor Público -Banco do Brasil S/A – Agência 0075-2 – Acari/RN. _x000D_
 _x000D_
 Assunto: Alteração do cadastro de responsáveis pela movimentação financeira da Câmara.</t>
   </si>
   <si>
     <t>4507</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4507/oficio_no_002-2023_-_itep.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4507/oficio_no_002-2023_-_itep.pdf</t>
   </si>
   <si>
     <t>Prezados(as),_x000D_
 _x000D_
 Com nossos cumprimentos, manifestamos o nosso interesse pela renovação do convênio com o ITEP/RN para emissão de RG’s na Câmara Municipal de Acari no ano de 2023, haja vista a demanda existente em nosso município e o reflexo positivo da oferta do serviço nos anos anteriores.</t>
   </si>
   <si>
     <t>4508</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4508/oficio_no_003-2023_-_rafael.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4508/oficio_no_003-2023_-_rafael.pdf</t>
   </si>
   <si>
     <t>Excelentíssimo Senhor Vereador,_x000D_
 _x000D_
 Comunicamos o recebimento de ofício do Poder Judiciário do Estado do Rio Grande do Norte, por meio da Vara Única da Comarca de Acari, notificando a Câmara Municipal de Acari/RN a cumprir a decisão proferida nos autos do Processo nº 0800483-03.2019.8.20.5109 (segue em anexo), a fim de saldar dívida executada. Na oportunidade, informamos que os descontos em folha determinados pela Justiça serão iniciados a partir do corrente mês.</t>
   </si>
   <si>
     <t>4509</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4509/oficio_no_004-2023_-_caixa.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4509/oficio_no_004-2023_-_caixa.pdf</t>
   </si>
   <si>
     <t>Autorização de movimentação de contas.</t>
   </si>
   <si>
     <t>4510</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4510/oficio_no_005-2023_-_prefeitura.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4510/oficio_no_005-2023_-_prefeitura.pdf</t>
   </si>
   <si>
     <t>Excelentíssimo Senhor Prefeito,_x000D_
 _x000D_
 Com nossos cumprimentos, venho comunicar que:_x000D_
 _x000D_
 CONSIDERANDO à instabilidade do Gerenciador Financeiro de Autoatendimento do Banco do Brasil no dia 30/12/2022, último dia útil do referido exercício financeiro, que tornou inviável a realização de algumas transações; e_x000D_
 _x000D_
 CONSIDERANDO o teor da consulta formulada pelo Tribunal de Justiça ao Tribunal de Contas do Estado do Rio Grande do Norte (Processo nº 003956/2017-TC), em que o TCE reconhece que “não há obrigatoriedade de devolução dos recursos não aplicados até o final do exercício” a título de duodécimo (em anexo),_x000D_
 _x000D_
 A Câmara Municipal de Acari/RN tomou a decisão administrativa de não realizar a devolução do saldo financeiro, no valor de R$ 19.654,79 (dezenove mil, seiscentos e cinquenta e quatro reais e setenta e nove centavos), conforme anexo, existente na conta nº 1.028-6 (Agência 0075-2). Diante disso, venho solicitar à Prefeitura Municipal de Acari/RN que o valor seja considerado antecipação de quota</t>
   </si>
   <si>
     <t>4511</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4511/oficio_no_006-2023_-_prefeito_-_balancetes.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4511/oficio_no_006-2023_-_prefeito_-_balancetes.pdf</t>
   </si>
   <si>
     <t>Excelentíssimo Senhor Prefeito,_x000D_
 _x000D_
 Encaminhamos em anexo a comprovação de encaminhamento via e-mail das demonstrações contábeis desta Câmara Municipal (Balancete da Receita, Balancete da Despesa, Balancete Financeiro, Folha de Conciliação Bancária, Termo de Verificação de Saldo e Extrato Bancário) referentes ao 6º bimestre de 2022._x000D_
 _x000D_
 Sem mais para o momento, reiteramos votos de estima e respeito.</t>
   </si>
   <si>
     <t>4512</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4512/oficio_no_007-2023_-_bb.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4512/oficio_no_007-2023_-_bb.pdf</t>
   </si>
   <si>
     <t>Autorização para acesso a extratos e saldos bancários.</t>
   </si>
   <si>
     <t>4513</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4513/oficio_no_008-2023_-_cef.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4513/oficio_no_008-2023_-_cef.pdf</t>
   </si>
   <si>
     <t>Vimos por meio do presente, AUTORIZAR a Caixa Econômica Federal, agência 0805-2, a conceder ao Tribunal de Contas do Estado do Rio Grande do Norte – TCE/RN o acesso, diretamente no Sistema de Autoatendimento pela Internet desta instituição financeira, a todas as contas vinculadas ao CNPJ nº 08.539.439/0001-07, pertencente a esta unidade administrativa para fins de efetivação de consultas a SALDOS e EXTRATOS, e consequente obtenção dos mesmos em meio eletrônico.</t>
   </si>
   <si>
     <t>4514</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4514/oficio_no_009-2023_-_prefeitura.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4514/oficio_no_009-2023_-_prefeitura.pdf</t>
   </si>
   <si>
     <t>Com nossos cumprimentos, venho comunicar que a Câmara Municipal de Acari realizou a transferência do valor de R$ 5.193,22 (cinco mil, cento e noventa e três reais e vinte e dois centavos), referente a Rendimentos Bancários do exercício de 2022, para a Conta Corrente nº 3.286-7 (PREF MUN ACARI FPM).</t>
   </si>
   <si>
     <t>4515</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4515/oficio_no_010-2023_-_prefeitura.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4515/oficio_no_010-2023_-_prefeitura.pdf</t>
   </si>
   <si>
     <t>Contratação de pessoa jurídica para cessão de direito de uso de sistemas informatizados integrados de orçamento, finanças e contabilidade pública, recursos humanos e folha de pagamento, patrimônio e almoxarifado, voltados para atender as necessidades e atividades da Prefeitura e Câmara Municipal de Acari, bem como a prestação de serviços técnicos especializados de manutenção preventiva, corretiva, evolutiva e adaptativa dos softwares, de acordo com as alterações legais da legislação brasileira, além da migração dos dados existentes nos sistemas em produção, treinamento das novas soluções, e suporte técnico às unidades operacionais integradas dos entes</t>
   </si>
   <si>
     <t>4530</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4530/oficio_no_011-2023_-_prefeitura.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4530/oficio_no_011-2023_-_prefeitura.pdf</t>
   </si>
   <si>
     <t>Encaminhamos o recibo da Câmara Municipal de Acari/RN, contendo o valor correspondente ao duodécimo a ser repassado para o Poder Legislativo referente ao mês de janeiro de 2023, creditando na Conta Corrente 1028-6, Agência 0075-2, do Banco do Brasil S/A, conforme nos assegura o art. nº 72, parágrafo XVII, da Lei Orgânica Municipal e a Lei Municipal nº 1.275, de 21 de dezembro de 2022.</t>
   </si>
   <si>
     <t>4534</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4534/oficio_no_012-2023_-_prefeitura.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4534/oficio_no_012-2023_-_prefeitura.pdf</t>
   </si>
   <si>
     <t>Encaminhamos em anexo as matérias aprovadas na 1ª sessão extraordinária do ano de 2023, ocorrida no dia 02/02/2023</t>
   </si>
   <si>
     <t>4540</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4540/oficio_no_013-2023_-_rogerio_marinho.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4540/oficio_no_013-2023_-_rogerio_marinho.pdf</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE ACARI, estado do Rio Grande do Norte, inscrita no CNPJ sob o nº 08.539.439/0001-07, sediada na Rua Tomaz de Araújo, 05, Centro, CEP: 59370-000, neste ato representada pelas bancadas do MDB e do Solidariedade, vem, mui respeitosamente, solicitar junto ao mandato de Vossa Excelência a destinação de emenda parlamentar para a CONSTRUÇÃO DA ESCOLA MUNICIPAL CIPRIANO SANTA ROSA, no bairro Vereador Tarcísio Bezerra Galvão.</t>
   </si>
   <si>
     <t>4561</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4561/oficio_no_014-2023_-_conselho_de_turismo.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4561/oficio_no_014-2023_-_conselho_de_turismo.pdf</t>
   </si>
   <si>
     <t>Representantes da Câmara Municipal de Acari para o Conselho Municipal de Turismo para o biênio 2023/2024</t>
   </si>
   <si>
     <t>4562</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4562/oficio_no_015-2023_-_prefeitura.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4562/oficio_no_015-2023_-_prefeitura.pdf</t>
   </si>
   <si>
     <t>Matérias aprovadas na 2ª sessão ordinária do ano de 2023, ocorrida no dia 13/02/2023</t>
   </si>
   <si>
     <t>4563</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4563/oficio_no_016-2023_-_prefeitura.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4563/oficio_no_016-2023_-_prefeitura.pdf</t>
   </si>
   <si>
     <t>Encaminhamos o recibo da Câmara Municipal de Acari/RN, contendo o valor correspondente ao duodécimo a ser repassado para o Poder Legislativo referente ao mês de fevereiro de 2023.</t>
   </si>
   <si>
     <t>4564</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4564/oficio_no_017-2023_-_prefeitura.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4564/oficio_no_017-2023_-_prefeitura.pdf</t>
   </si>
   <si>
     <t>Encaminhamos em anexo a matéria aprovada na 2ª sessão extraordinária do ano de 2023, ocorrida no dia 16/02/2023</t>
   </si>
   <si>
     <t>4583</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4583/oficio_no_018-2023_-_itep-assinado.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4583/oficio_no_018-2023_-_itep-assinado.pdf</t>
   </si>
   <si>
     <t>Renovação de convênio para emissão de carteiras de identidade.</t>
   </si>
   <si>
     <t>4584</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4584/oficio_no_019-2023_-_prefeitura.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4584/oficio_no_019-2023_-_prefeitura.pdf</t>
   </si>
   <si>
     <t>Encaminhamos em anexo a matéria aprovada na 3ª sessão ordinária do ano de 2023, ocorrida no dia 27/02/2023:</t>
   </si>
   <si>
     <t>4585</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4585/oficio_no_020-2023_-_prefeitura.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4585/oficio_no_020-2023_-_prefeitura.pdf</t>
   </si>
   <si>
     <t>Em cumprimento à Resolução nº 012/2016 do Tribunal de Contas do Rio Grande do Norte, encaminhamos em anexo o Resultado Anual da Câmara Municipal de Acari referente ao ano de 2022, contendo o Balanço, dados financeiros, bem como os documentos necessários para formação e consolidação do Relatório Anual do Município.</t>
   </si>
   <si>
     <t>4586</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4586/oficio_no_021-2023_-_prefeitura.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4586/oficio_no_021-2023_-_prefeitura.pdf</t>
   </si>
   <si>
     <t>Prestação se serviços do contrato da Agilli</t>
   </si>
   <si>
     <t>4587</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4587/oficio_no_022-2023_-_diretora_contabil.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4587/oficio_no_022-2023_-_diretora_contabil.pdf</t>
   </si>
   <si>
     <t>O Projeto de Lei Complementar nº 001/2023, de iniciativa da Mesa Diretora da Câmara Municipal de Acari/RN, visa realizar o aumento salarial dos servidores públicos da presente Casa Legislativa. Para tanto, solicitamos a realização de Estudo de Impacto Orçamentário e Financeiro para analisar a viabilidade orçamentária e financeira e o cumprimento dos limites previstos na Constituição Federal de 1988 e na Lei de Responsabilidade Fiscal.</t>
   </si>
   <si>
     <t>4588</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4588/oficio_no_023-2023_-_diretora_contabil.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4588/oficio_no_023-2023_-_diretora_contabil.pdf</t>
   </si>
   <si>
     <t>Encaminhamos em anexo as matérias aprovadas na 4ª sessão ordinária do ano de 2023, ocorrida no dia 06/03/2023</t>
   </si>
   <si>
     <t>4594</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4594/oficio_no_024-2023_-_prefeitura.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4594/oficio_no_024-2023_-_prefeitura.pdf</t>
   </si>
   <si>
     <t>As bancadas do Solidariedade e do MDB, compostas pelos Vereadores Paloma Vitória da Silva Baracho, Albervânia Silva de Medeiros Costa, Rudyson Ric da Silva Santos, José Erivan da Silva, José Rivaldo Lima e Marineide Alves Dantas, vem através deste expediente, solicitar a alteração do Projeto de Lei Complementar nº 003/2023, encaminhado em regime de urgência pelo Poder Executivo, especificamente no art. 207, buscando uma melhor redação a fim de assegurar, de forma mais clara e transparente, os direitos adquiridos dos servidores públicos municipais.</t>
   </si>
   <si>
     <t>4595</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4595/oficio_no_025-2023_-_agilli.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4595/oficio_no_025-2023_-_agilli.pdf</t>
   </si>
   <si>
     <t>Notificação acerca de problemas técnicos e de informações.</t>
   </si>
   <si>
     <t>4596</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4596/oficio_no_026-2023_-_procurador_adjunto.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4596/oficio_no_026-2023_-_procurador_adjunto.pdf</t>
   </si>
   <si>
     <t>Envio de relatório contendo: 1) os quantitativos de cargos efetivos existentes atualmente no município, com as respectivas vagas em cada cargo; 2) os quantitativos que serão reduzidos em cada cargo a partir do Projeto de Lei Complementar nº 002/2023 do Poder Executivo Municipal; e 3) os quantitativos que serão preenchidos a partir da homologação e convocação dos aprovados no concurso público municipal.</t>
   </si>
   <si>
     <t>4597</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4597/oficio_no_027-2023_-_jose_rivaldo.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4597/oficio_no_027-2023_-_jose_rivaldo.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento nº 001/2023-CMA-GVJRL – Solicitação de diárias para participação no Encontro Nacional de Gestores e Legislativos Municipais, que ocorrerá no período de 14 a 17 de março, em Natal/RN, promovido pela União dos Vereadores do Brasil (UVB).</t>
   </si>
   <si>
     <t>4598</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4598/oficio_no_028-2023_-_prefeitura.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4598/oficio_no_028-2023_-_prefeitura.pdf</t>
   </si>
   <si>
     <t>Matérias aprovadas na 5ª sessão ordinária do ano de 2023, ocorrida no dia 13/03/2023.</t>
   </si>
   <si>
     <t>4622</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4622/oficio_no_029-2023_-_prefeitura.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4622/oficio_no_029-2023_-_prefeitura.pdf</t>
   </si>
   <si>
     <t>Encaminhamos o recibo da Câmara Municipal de Acari/RN, contendo o valor correspondente ao duodécimo a ser repassado para o Poder Legislativo referente ao mês de março de 2023.</t>
   </si>
   <si>
     <t>4623</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4623/oficio_no_030-2023_-_prefeitura.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4623/oficio_no_030-2023_-_prefeitura.pdf</t>
   </si>
   <si>
     <t>Cumprimentando-a cordialmente, informamos que, após uma pesquisa no arquivo da Câmara Municipal de Acari foi verificado que não há lei municipal dispondo sobre denominação do logradouro entre o muro da SANBRA e o Conjunto Francisco Chagas dos Santos (Chico Dionísio), que pelas características, pode ser considerado uma travessa.</t>
   </si>
   <si>
     <t>4624</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4624/oficio_no_031-2023_-_prefeitura.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4624/oficio_no_031-2023_-_prefeitura.pdf</t>
   </si>
   <si>
     <t>Matéria aprovada na 6ª sessão ordinária do ano de 2023, ocorrida no dia 27/03/2023.</t>
   </si>
   <si>
     <t>4625</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4625/oficio_no_032-2023_-_prefeitura.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4625/oficio_no_032-2023_-_prefeitura.pdf</t>
   </si>
   <si>
     <t>Matérias aprovadas na 7ª sessão ordinária do ano de 2023, ocorrida no dia 03/04/2023.</t>
   </si>
   <si>
     <t>4626</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4626/oficio_no_033-2023_-_agilli.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4626/oficio_no_033-2023_-_agilli.pdf</t>
   </si>
   <si>
     <t>Notificação acerca de problemas técnicos e de informações. A intenção é prestar notificação sobre os erros, como alerta sobre as referências contratuais, e as obrigações perante os órgãos de controle externo. Bem como, formalizar dúvidas sobre algumas situações.</t>
   </si>
   <si>
     <t>4627</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4627/oficio_no_034-2023_-_educacao.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4627/oficio_no_034-2023_-_educacao.pdf</t>
   </si>
   <si>
     <t>Cumprimentando-a cordialmente, venho, por meio deste, saber o motivo de o município de Acari não estar mais sediando a realização do PROERD (Programa Educacional de Resistência às Drogas e à Violência)</t>
   </si>
   <si>
     <t>4639</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4639/oficio_no_035-2023_-_justica.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4639/oficio_no_035-2023_-_justica.pdf</t>
   </si>
   <si>
     <t>Relação solicitada dos descontos feitos na folha do Vereador Rafael Bezerra de Brito Araújo, todos eles repassados à Sra. Francisca Chagas de Brito Araújo, conforme decisão encaminhada a esta Casa, referente ao processo de nº 0800483-03.2019.8.20.5109.</t>
   </si>
   <si>
     <t>4640</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4640/oficio_no_036-2023_-_prefeitura.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4640/oficio_no_036-2023_-_prefeitura.pdf</t>
   </si>
   <si>
     <t>Encaminhamos em anexo as seguintes matérias aprovadas na 8ª sessão ordinária do ano de 2023, ocorrida no dia 17/04/2023, acompanhadas do resumo da sessão, onde consta a folha de votação de cada proposição.</t>
   </si>
   <si>
     <t>4641</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4641/oficio_no_037-2023_-_zenaide.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4641/oficio_no_037-2023_-_zenaide.pdf</t>
   </si>
   <si>
     <t>Apoio no sentido de viabilizar recursos para a implantação da Guarda Municipal em nossa cidade.</t>
   </si>
   <si>
     <t>4643</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4643/oficio_no_038-2023_-_styvenson.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4643/oficio_no_038-2023_-_styvenson.pdf</t>
   </si>
   <si>
     <t>Solicitar apoio no sentido de viabilizar recursos para a implantação da Guarda Municipal em nossa cidade.</t>
   </si>
   <si>
     <t>4644</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4644/oficio_no_039-2023_-_robinson.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4644/oficio_no_039-2023_-_robinson.pdf</t>
   </si>
   <si>
     <t>Solicitar apoio no sentido de viabilizar recursos para custeio da saúde pública municipal</t>
   </si>
   <si>
     <t>4645</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4645/oficio_no_040-2023_-_mineiro.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4645/oficio_no_040-2023_-_mineiro.pdf</t>
   </si>
   <si>
     <t>Solicitar apoio no sentido de viabilizar recursos para a destinação de 01 (uma) Carro Coletor de Lixo.</t>
   </si>
   <si>
     <t>4646</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4646/oficio_no_041-2023_-_natalia_bonavides.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4646/oficio_no_041-2023_-_natalia_bonavides.pdf</t>
   </si>
   <si>
     <t>Solicitar apoio no sentido de viabilizar recursos para a destinação de 01 (uma) máquina retroescavadeira para o nosso município.</t>
   </si>
   <si>
     <t>4647</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4647/oficio_no_042-2023_-_sgto_goncalves.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4647/oficio_no_042-2023_-_sgto_goncalves.pdf</t>
   </si>
   <si>
     <t>Solicitar apoio no sentido de viabilizar recursos custeio da saúde municipal.</t>
   </si>
   <si>
     <t>4648</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4648/oficio_no_043-2023_-_paulinho_freire.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4648/oficio_no_043-2023_-_paulinho_freire.pdf</t>
   </si>
   <si>
     <t>Solicitar apoio no sentido de viabilizar recursos custeio da saúde municipal</t>
   </si>
   <si>
     <t>4649</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4649/oficio_no_044-2023_-_vicentinho.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4649/oficio_no_044-2023_-_vicentinho.pdf</t>
   </si>
   <si>
     <t>Solicitar apoio no sentido de viabilizar recursos aquisição de 01 (um) trator para o nosso município, com o objetivo de repor o veículo que foi incendiado pelos ataques de uma facção criminosa.</t>
   </si>
   <si>
     <t>4650</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4650/oficio_no_045-2023_-_prefeitura.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4650/oficio_no_045-2023_-_prefeitura.pdf</t>
   </si>
   <si>
     <t>Recibo da Câmara Municipal de Acari/RN, contendo o valor correspondente ao duodécimo a ser repassado para o Poder Legislativo referente ao mês de abril de 2023.</t>
   </si>
   <si>
     <t>4698</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4698/oficio_no_046-2023_-_tce.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4698/oficio_no_046-2023_-_tce.pdf</t>
   </si>
   <si>
     <t>Encaminho a documentação abaixo enumerada, por meio eletrônico via Portal do Gestor, para fins de apreciação e julgamento pelo Tribunal de Contas do Estado do Rio Grande do Norte, referente às Contas de Gestão - Exercício 2022 da Câmara Municipal de Acari, conforme foi determinado pela Resolução 018/2016-TCE/RN.</t>
   </si>
   <si>
     <t>4699</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4699/oficio_no_047-2023_-_prefeitura.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4699/oficio_no_047-2023_-_prefeitura.pdf</t>
   </si>
   <si>
     <t>Encaminhamos em anexo as seguintes matérias aprovadas na 9ª sessão ordinária do ano de 2023, ocorrida no dia 08/05/2023, acompanhadas do resumo da sessão, onde consta a folha de votação de cada proposição.</t>
   </si>
   <si>
     <t>4700</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4700/oficio_no_048-2023_-_prefeitura.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4700/oficio_no_048-2023_-_prefeitura.pdf</t>
   </si>
   <si>
     <t>Encaminhamos em anexo as seguintes matérias aprovadas na 10ª sessão ordinária do ano de 2023, ocorrida no dia 16/05/2023, acompanhadas do resumo da sessão, onde consta a folha de votação de cada proposição.</t>
   </si>
   <si>
     <t>4701</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4701/oficio_no_049-2023_-_prefeitura.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4701/oficio_no_049-2023_-_prefeitura.pdf</t>
   </si>
   <si>
     <t>Encaminhamos o recibo da Câmara Municipal de Acari/RN, contendo o valor correspondente ao duodécimo a ser repassado para o Poder Legislativo referente ao mês de maio de 2023, creditando na Conta Corrente 1028-6, Agência 0075-2, do Banco do Brasil S/A, conforme nos assegura o art. nº 72, parágrafo XVII, da Lei Orgânica Municipal e a Lei Municipal nº 1.275, de 21 de dezembro de 2022.</t>
   </si>
   <si>
     <t>4702</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4702/oficio_no_050-2023_-_itep.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4702/oficio_no_050-2023_-_itep.pdf</t>
   </si>
   <si>
     <t>Autorização para a retirada de identidades</t>
   </si>
   <si>
     <t>4703</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4703/oficio_no_051-2023_-_prefeitura.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4703/oficio_no_051-2023_-_prefeitura.pdf</t>
   </si>
   <si>
     <t>Encaminhamos em anexo as seguintes matérias aprovadas na 11ª sessão ordinária do ano de 2023, ocorrida no dia 22/05/2023, acompanhadas do resumo da sessão, onde consta a folha de votação de cada proposição.</t>
   </si>
   <si>
     <t>4704</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4704/oficio_no_052-2023_-_adriano_campelo.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4704/oficio_no_052-2023_-_adriano_campelo.pdf</t>
   </si>
   <si>
     <t>Venho através deste, solicitar dentro das possibilidades, informações acerca da implementação da Lei Paulo Gustavo no município de Acari-RN.</t>
   </si>
   <si>
     <t>4705</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4705/oficio_no_053-2023_-_prefeitura.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4705/oficio_no_053-2023_-_prefeitura.pdf</t>
   </si>
   <si>
     <t>Encaminhamos em anexo as seguintes matérias aprovadas na 12ª sessão ordinária do ano de 2023, ocorrida no dia 29/05/2023, acompanhadas do resumo da sessão, onde consta a folha de votação de cada proposição.</t>
   </si>
   <si>
     <t>4706</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4706/oficio_no_054-2023_-_itep.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4706/oficio_no_054-2023_-_itep.pdf</t>
   </si>
   <si>
     <t>4707</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4707/oficio_no_055-2023_-_adriano_campelo.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4707/oficio_no_055-2023_-_adriano_campelo.pdf</t>
   </si>
   <si>
     <t>Venho, através deste, solicitar, em nome de todos os membros da Comissão de Constituição, Legislação, Justiça, Orçamento, Finanças e Tributação, respostas acerca do Projeto de Lei nº 036/2022, de autoria do Poder Executivo, que “Institui o Centro Histórico do Município de Acari e dá outras providências”, mais especificamente para os seguintes questionamentos levantados na Reunião da Comissão ocorrida no dia 29 de maio de 2023.</t>
   </si>
   <si>
     <t>4708</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4708/oficio_no_056-2023_-_prefeitura.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4708/oficio_no_056-2023_-_prefeitura.pdf</t>
   </si>
   <si>
     <t>Cumprimentando-o cordialmente, venho solicitar a presença de um representante do Poder Executivo Municipal na reunião da Comissão de Constituição, Legislação, Justiça, Orçamento, Finanças e Tributação da Câmara Municipal de Acari, no dia 12/06/2023, às 09h, no Plenário da Casa, a fim de dar explicações sobre o Projeto de Lei Complementar nº 003/2023, de iniciativa do Executivo, que “altera, acresce e revoga dispositivos na Lei Complementar nº 014, de 26 de dezembro de 2022”.</t>
   </si>
   <si>
     <t>4758</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4758/oficio_no_057-2023_-_secretaria_de_desenvolvimento.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4758/oficio_no_057-2023_-_secretaria_de_desenvolvimento.pdf</t>
   </si>
   <si>
     <t>Cumprimentando-o cordialmente, venho confirmar a cessão do prédio da Câmara Municipal de Acari/RN, conforme solicitado no ofício supramencionado, para as capacitações dos dias 29/07/2023 e 27/01/2024. Nas demais datas, infelizmente não estaremos com o espaço disponível.</t>
   </si>
   <si>
     <t>4759</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4759/oficio_no_058-2023_-_secretaria_de_desenvolvimento.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4759/oficio_no_058-2023_-_secretaria_de_desenvolvimento.pdf</t>
   </si>
   <si>
     <t>Reunião da Comissão de Constituição, Legislação, Justiça, Orçamento, Finanças e Tributação, marcada para o dia 26/06/2023 (segunda-feira), às 09h, no Plenário da Câmara, para discutir e trazer esclarecimentos sobre o Projeto de Lei nº 011/2023, de autoria do Poder Executivo Municipal.</t>
   </si>
   <si>
     <t>4762</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4762/oficio_no_059-2023_-_itep.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4762/oficio_no_059-2023_-_itep.pdf</t>
   </si>
   <si>
     <t>4760</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4760/oficio_no_060-2023_-_prefeito.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4760/oficio_no_060-2023_-_prefeito.pdf</t>
   </si>
   <si>
     <t>Matérias aprovadas na 14ª sessão ordinária do ano de 2023, ocorrida no dia 12/06/2023.</t>
   </si>
   <si>
     <t>4763</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4763/oficio_no_061-2023_-_prefeitura.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4763/oficio_no_061-2023_-_prefeitura.pdf</t>
   </si>
   <si>
     <t>Cumprimentando-o cordialmente, venho solicitar, por deliberação do plenário, cópia integral do projeto de reforma da feira livre de Acari, considerando a aprovação de projeto de lei do Poder Executivo autorizando a abertura de crédito especial para esta finalidade.</t>
   </si>
   <si>
     <t>4761</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4761/oficio_no_062-2023_-_prefeitura.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4761/oficio_no_062-2023_-_prefeitura.pdf</t>
   </si>
   <si>
     <t>Encaminhamos o recibo da Câmara Municipal de Acari/RN, contendo o valor correspondente ao duodécimo a ser repassado para o Poder Legislativo referente ao mês de junho de 2023.</t>
   </si>
   <si>
     <t>4764</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4764/oficio_no_063-2023_-_prefeitura.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4764/oficio_no_063-2023_-_prefeitura.pdf</t>
   </si>
   <si>
     <t>Matéria aprovada na 15ª sessão ordinária do ano de 2023, ocorrida no dia 19/06/2023</t>
   </si>
   <si>
     <t>4765</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4765/oficio_no_064-2023_-_educacao.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4765/oficio_no_064-2023_-_educacao.pdf</t>
   </si>
   <si>
     <t>Encaminhamos abaixo a representação da Câmara Municipal de Acari para compor a Comissão de Gestão do Plano de Cargos, Carreira e Salários do Magistério do Município, conforme solicitado.</t>
   </si>
   <si>
     <t>4766</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4766/oficio_no_065-2023_-_prefeitura.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4766/oficio_no_065-2023_-_prefeitura.pdf</t>
   </si>
   <si>
     <t>Matérias aprovadas na 16ª sessão ordinária do ano de 2023, ocorrida no dia 26/06/2023.</t>
   </si>
   <si>
     <t>4767</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4767/oficio_no_066-2023_-_prefeitura.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4767/oficio_no_066-2023_-_prefeitura.pdf</t>
   </si>
   <si>
     <t>Matérias aprovadas na 17ª sessão ordinária do ano de 2023, ocorrida no dia 03/07/2023.</t>
   </si>
   <si>
     <t>4768</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4768/oficio_no_067-2023_-_prefeitura.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4768/oficio_no_067-2023_-_prefeitura.pdf</t>
   </si>
   <si>
     <t>Matérias aprovadas na 18ª sessão ordinária do ano de 2023, ocorrida no dia 10/07/2023.</t>
   </si>
   <si>
     <t>4769</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4769/oficio_no_068-2023_-_interlegis.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4769/oficio_no_068-2023_-_interlegis.pdf</t>
   </si>
   <si>
     <t>Solicitar a alteração da indicação do responsável técnico pelos produtos/serviços disponibilizados pelo Senado Federal, por meio do Interlegis, para esta Casa Legislativa.</t>
   </si>
   <si>
     <t>4770</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4770/oficio_no_069-2023_-_itep.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4770/oficio_no_069-2023_-_itep.pdf</t>
   </si>
   <si>
     <t>4771</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4771/oficio_no_070-2023_-_prefeitura.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4771/oficio_no_070-2023_-_prefeitura.pdf</t>
   </si>
   <si>
     <t>Encaminhamos o recibo da Câmara Municipal de Acari/RN, contendo o valor correspondente ao duodécimo a ser repassado para o Poder Legislativo referente ao mês de julho de 2023.</t>
   </si>
   <si>
     <t>4772</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4772/oficio_no_071-2023_-_abrigo.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4772/oficio_no_071-2023_-_abrigo.pdf</t>
   </si>
   <si>
     <t>Em resposta ao ofício supracitado, informamos que não há disponibilidade de aparelho nobreak em nossa Casa Legislativa para cessão no momento. Todos os aparelhos que temos estão em uso.</t>
   </si>
   <si>
     <t>4773</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4773/oficio_no_072-2023_-_eedjgm.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4773/oficio_no_072-2023_-_eedjgm.pdf</t>
   </si>
   <si>
     <t>Em resposta ao ofício supracitado, informamos que, infelizmente, no momento não temos disponibilidade de bandeiras oficiais para doação. As que temos estão em uso.</t>
   </si>
   <si>
     <t>4774</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4774/oficio_no_073-2022_-_prefeito_-_orcamento.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4774/oficio_no_073-2022_-_prefeito_-_orcamento.pdf</t>
   </si>
   <si>
     <t>Detalhamento feito da previsão das despesas para a criação do orçamento de 2024, conforme especificações contidas na Lei das Diretrizes Orçamentárias já aprovada.</t>
   </si>
   <si>
     <t>4826</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4826/oficio_no_074-2023_-_prefeitura.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4826/oficio_no_074-2023_-_prefeitura.pdf</t>
   </si>
   <si>
     <t>Encaminhamos o recibo da Câmara Municipal de Acari/RN, contendo o valor correspondente ao duodécimo a ser repassado para o Poder Legislativo referente ao mês de agosto de 2023.</t>
   </si>
   <si>
     <t>4827</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4827/oficio_no_075-2023_-_prefeitura.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4827/oficio_no_075-2023_-_prefeitura.pdf</t>
   </si>
   <si>
     <t>Matéria aprovada na 22ª sessão ordinária do ano de 2023, ocorrida no dia 04/09/2023.</t>
   </si>
   <si>
     <t>4828</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4828/oficio_no_076-2023_-_prefeitura.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4828/oficio_no_076-2023_-_prefeitura.pdf</t>
   </si>
   <si>
     <t>Encaminhamos em anexo as Indicações nº 049, 050 e 051/2023, aprovadas na 23ª sessão ordinária do ano de 2023, ocorrida no dia 11/09/2023.</t>
   </si>
   <si>
     <t>4877</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4877/oficio_no_077-2023_-_prefeitura.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4877/oficio_no_077-2023_-_prefeitura.pdf</t>
   </si>
   <si>
     <t>Matérias aprovadas na 24ª sessão ordinária do ano de 2023, conforme detalhamento abaixo, ocorrida no dia 18/09/2023. Segue em anexo também o resumo da sessão, contendo a folha de votação de cada matéria.</t>
   </si>
   <si>
     <t>4878</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4878/oficio_no_078-2023_-_cosern.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4878/oficio_no_078-2023_-_cosern.pdf</t>
   </si>
   <si>
     <t>Retenção na fonte do imposto de renda no fornecimento de bens e nas prestações de serviços nos termos do art. 2º- A da Instrução Normativa RFB nº 1234, de 11 de janeiro de 2012 e suas alterações posteriores e do Decreto Municipal 105/2023. ADEQUAÇÃO DAS FATURAS.</t>
   </si>
   <si>
     <t>4879</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4879/oficio_no_079-2023_-_itep.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4879/oficio_no_079-2023_-_itep.pdf</t>
   </si>
   <si>
     <t>Comunicamos que o servidor ALAN PABLO PEREIRA DANTAS e a vereadora MARINEIDE ALVES DANTAS estão autorizados a fazer a retirada das identidades destinadas à Câmara Municipal de Acari.</t>
   </si>
   <si>
     <t>4880</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4880/oficio_no_080-2023_-_prefeitura.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4880/oficio_no_080-2023_-_prefeitura.pdf</t>
   </si>
   <si>
     <t>Encaminhamos o recibo da Câmara Municipal de Acari/RN, contendo o valor correspondente ao duodécimo a ser repassado para o Poder Legislativo referente ao mês de setembro de 2023, conforme nos assegura o art. nº 72, parágrafo XVII, da Lei Orgânica Municipal e a Lei Municipal nº 1.275, de 21 de dezembro de 2022.</t>
   </si>
   <si>
     <t>4881</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4881/oficio_no_081-2023_-_prefeitura.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4881/oficio_no_081-2023_-_prefeitura.pdf</t>
   </si>
   <si>
     <t>Encaminhamos em anexo as matérias aprovadas na 25ª sessão ordinária do ano de 2023, conforme detalhamento abaixo, ocorrida no dia 25/09/2023. Segue em anexo também o resumo da sessão, contendo a folha de votação de cada matéria.</t>
   </si>
   <si>
     <t>4882</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4882/oficio_no_082-2023_-_prefeitura.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4882/oficio_no_082-2023_-_prefeitura.pdf</t>
   </si>
   <si>
     <t>Encaminhamos em anexo as matérias aprovadas na 26ª sessão ordinária do ano de 2023, conforme detalhamento abaixo, ocorrida no dia 02/10/2023. Segue em anexo também o resumo da sessão, contendo a folha de votação de cada matéria.</t>
   </si>
   <si>
     <t>4883</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4883/oficio_no_084-2023_-_prefeitura.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4883/oficio_no_084-2023_-_prefeitura.pdf</t>
   </si>
   <si>
     <t>Encaminhamos em anexo as matérias aprovadas na 27ª sessão ordinária do ano de 2023, conforme detalhamento abaixo, ocorrida no dia 09/10/2023. Segue em anexo também o resumo da sessão, contendo a folha de votação de cada matéria.</t>
   </si>
   <si>
     <t>4884</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4884/oficio_no_085-2023_-_itep.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4884/oficio_no_085-2023_-_itep.pdf</t>
   </si>
   <si>
     <t>Através deste comunicamos que os vereadores: Albervânia Silva de Medeiros Costa, José Erivan da Silva, Marineide Alves Dantas e Rudyson Ric da Silva Santos estão autorizados a fazer a retirada das identidades destinadas à Câmara Municipal de Acari.</t>
   </si>
   <si>
     <t>4885</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4885/oficio_no_086-2023_-_prefeitura.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4885/oficio_no_086-2023_-_prefeitura.pdf</t>
   </si>
   <si>
     <t>Encaminhamos em anexo as matérias aprovadas na 28ª sessão ordinária do ano de 2023, conforme detalhamento abaixo, ocorrida no dia 16/10/2023. Segue em anexo também o resumo da sessão, contendo a folha de votação de cada matéria.</t>
   </si>
   <si>
     <t>4886</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4886/oficio_no_087-2023_-_prefeitura.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4886/oficio_no_087-2023_-_prefeitura.pdf</t>
   </si>
   <si>
     <t>Encaminhamos o recibo da Câmara Municipal de Acari/RN, contendo o valor correspondente ao duodécimo a ser repassado para o Poder Legislativo referente ao mês de outubro de 2023, creditando na Conta Corrente 1028-6, Agência 0075-2, do Banco do Brasil S/A, conforme nos assegura o art. nº 72, parágrafo XVII, da Lei Orgânica Municipal e a Lei Municipal nº 1.275, de 21 de dezembro de 2022.</t>
   </si>
   <si>
     <t>4887</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4887/oficio_no_088-2023_-_itep.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4887/oficio_no_088-2023_-_itep.pdf</t>
   </si>
   <si>
     <t>Através deste comunicamos que o Sr. ROMEU FERNANDES DANTAS DE SALES, Diretor Geral desta Casa Legislativa nomeado pela Portaria nº 001/2021-CMA, está autorizado a fazer a retirada das identidades destinadas à Câmara Municipal de Acari.</t>
   </si>
   <si>
     <t>4888</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4888/oficio_no_089-2023_-_prefeitura.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4888/oficio_no_089-2023_-_prefeitura.pdf</t>
   </si>
   <si>
     <t>Encaminhamos em anexo a matéria aprovada na 29ª sessão ordinária do ano de 2023, ocorrida no dia 23/10/2023. Segue em anexo também o resumo da sessão, contendo a folha de votação da matéria.</t>
   </si>
   <si>
     <t>4526</t>
   </si>
   <si>
     <t>OZRS</t>
   </si>
   <si>
     <t>Ofícios Expedidos do Gabinete do Vereador Zuil</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4526/oficio_no_001-2023_-_prefeito.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4526/oficio_no_001-2023_-_prefeito.pdf</t>
   </si>
   <si>
     <t>Cumprimentando-o cordialmente, venho através deste solicitar drenagem e pavimentação nos becos das residências nº 336 e 346 na Rua Vicente de Moura, no Bairro Dinarte Mariz, onde foi prometido pelo Município quando da drenagem da rua e não foi executado o serviço até agora.</t>
   </si>
   <si>
     <t>4527</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4527/oficio_no_002-2023_-_prefeito.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4527/oficio_no_002-2023_-_prefeito.pdf</t>
   </si>
   <si>
     <t>Cumprimentando-o cordialmente, venho solicitar a instalação de postes ornamentais na Rua Joaquim José, por trás da Câmara Municipal de Acari, no centro da cidade.</t>
   </si>
   <si>
     <t>4528</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4528/oficio_no_003-2023_-_saude.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4528/oficio_no_003-2023_-_saude.pdf</t>
   </si>
   <si>
     <t>Cumprimentando-o cordialmente, venho solicitar que a Secretaria Municipal de Saúde tome providências no sentido de deixar as ambulâncias de plantão com o tanque de combustível sempre abastecido, evitando assim que haja paradas para abastecimento com pacientes de urgência, como esteve Vereador presenciou na última semana.</t>
   </si>
   <si>
     <t>4556</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4556/oficio_no_004-2023_-_mprn.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4556/oficio_no_004-2023_-_mprn.pdf</t>
   </si>
   <si>
     <t>Situação das ruas Severino Sérgio de Araújo, Joaquina Maria de Araújo, Joana Dantas, Manoel Lúcio Neto, Beatriz Mirtez e Edite de Oliveira, todas no bairro Padre José Dantas Cortez</t>
   </si>
   <si>
     <t>4557</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4557/oficio_no_005-2023_-_prefeito.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4557/oficio_no_005-2023_-_prefeito.pdf</t>
   </si>
   <si>
     <t>Serviço de melhorias no sangradouro (aumentar à largura) do açude Maria Ferreira, evitando possíveis danos ocasionados com a chegada do período de inverno.</t>
   </si>
   <si>
     <t>4558</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4558/oficio_no_006-2023_-_caern.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4558/oficio_no_006-2023_-_caern.pdf</t>
   </si>
   <si>
     <t>Serviço de elevação e vedação das caixas de gordura, existentes no entorno do Açude das Oiticicas (açude da santa), evitando que a água do referido açude adentre a tubulação no período chuvoso e também a contaminação do referido açude.</t>
   </si>
   <si>
     <t>4559</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4559/oficio_no_007-2023_-_caern.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4559/oficio_no_007-2023_-_caern.pdf</t>
   </si>
   <si>
     <t>Reparar, no prazo máximo de 08 (oito) dias úteis, as danificações que causar às vias e logradouros públicos, por força da execução de obras e serviços inerentes a esta concessão.</t>
   </si>
   <si>
     <t>4574</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4574/oficio_no_008-2023_-_agricultura.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4574/oficio_no_008-2023_-_agricultura.pdf</t>
   </si>
   <si>
     <t>Venho através do presente, solicitar de Vossa Senhoria, à máquina retroescavadeira para realizar o serviço de melhorias no açude do Sr. Jário Felipe Dantas, sítio Palma</t>
   </si>
   <si>
     <t>4575</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4575/oficio_no_009-2023_-_sandra.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4575/oficio_no_009-2023_-_sandra.pdf</t>
   </si>
   <si>
     <t>Disponibilidade de um horário noturno entre 20:00 e 21:00, para os jovens do bairro Petrópolis, que reclamam das tarifas cobradas no ginásio de esportes Bilezão.</t>
   </si>
   <si>
     <t>4610</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4610/oficio_no_010-2023_-_prefeito.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4610/oficio_no_010-2023_-_prefeito.pdf</t>
   </si>
   <si>
     <t>Serviço de iluminação no recém construído muro de arrimo, construído após o sangradouro do açude das Oiticicas (açude da santa), na rua Aurino Pires.</t>
   </si>
   <si>
     <t>4611</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4611/oficio_no_011-2023_-_caern.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4611/oficio_no_011-2023_-_caern.pdf</t>
   </si>
   <si>
     <t>Solicitar o rebaixamento da caixa existente na rua Aurino Pires, para o nível do calçamento. Tendo em vista que a mesma está atrapalhando o tráfego na referida localidade, podendo ocasionar um acidente.</t>
   </si>
   <si>
     <t>4678</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4678/oficio_no_012-2023_-_caern.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4678/oficio_no_012-2023_-_caern.pdf</t>
   </si>
   <si>
     <t>Cumprimentando-a cordialmente, venho solicitar o rebaixamento da caixa existente na rua Aurino Pires, para o nível do calçamento. Tendo em vista que a mesma está atrapalhando o tráfego na referida localidade, podendo ocasionar um acidente.</t>
   </si>
   <si>
     <t>4679</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4679/oficio_no_013-2023_-_prefeito2.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4679/oficio_no_013-2023_-_prefeito2.pdf</t>
   </si>
   <si>
     <t>Cumprimentando-a cordialmente, venho solicitar que seja feita a recuperação da estrutura e pintura da Praça Cônego Deoclides de Brito Diniz, localizada em frente à Capela de Santa Rita, no Bairro Petrópolis, bem como que sejam feitas melhorias na iluminação do cruzeiro da referida capela.</t>
   </si>
   <si>
     <t>4680</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4680/oficio_no_014-2023_-_administracao.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4680/oficio_no_014-2023_-_administracao.pdf</t>
   </si>
   <si>
     <t>Contratação de uma atendente para o PSF Maria de Lourdes Bezerra, localizado na rua Aurélio Pires, bairro Luiz Gonzaga, tendo em vista que o referido serviço esta sendo desempenhado pela enfermeira lotada na referida instituição.</t>
   </si>
   <si>
     <t>4726</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4726/oficio_no_015-2023_-_prefeito.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4726/oficio_no_015-2023_-_prefeito.pdf</t>
   </si>
   <si>
     <t>Construção de uma lombada na BR – 427, no perímetro que fica localizado em frente ao posto Gargalheiras.</t>
   </si>
   <si>
     <t>4727</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4727/oficio_no_016-2023_-_servicos_urbanos.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4727/oficio_no_016-2023_-_servicos_urbanos.pdf</t>
   </si>
   <si>
     <t>Colocar coletoras no canteiro existente na rua Joaquim José.</t>
   </si>
   <si>
     <t>4728</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4728/oficio_no_017-2023_-_prefeito.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4728/oficio_no_017-2023_-_prefeito.pdf</t>
   </si>
   <si>
     <t>Construção de uma lombada na travessa Arnor Benedito, em frente ao depósito de bebidas da Sra. Joseilda.</t>
   </si>
   <si>
     <t>4729</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4729/oficio_no_018-2023_-_administracao.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4729/oficio_no_018-2023_-_administracao.pdf</t>
   </si>
   <si>
     <t>Solicito dentro das possibilidades, à planilha de custo da obra de iluminação do Passeio Público José Vinícius que liga Acari-Gargalheiras, assim como o nome da empresa que está realizando à obra, e nome de seu representante.</t>
   </si>
   <si>
     <t>4812</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4812/oficio_no_019-2023_-_caern.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4812/oficio_no_019-2023_-_caern.pdf</t>
   </si>
   <si>
     <t>Manutenção dos registros de água das ruas Cipriano Pereira (2 registros) e Rua da Matriz (1 registro).</t>
   </si>
   <si>
     <t>4813</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4813/oficio_no_020-2023_-_prefeito.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4813/oficio_no_020-2023_-_prefeito.pdf</t>
   </si>
   <si>
     <t>Solicitar que a Arena de Futebol destinada pelo Sr. Jean Paul, seja construída no terreno existente no Ginásio de Esportes Dr. Jorácio Mamede Galvão.</t>
   </si>
   <si>
     <t>4814</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4814/oficio_no_021-2023_-_prefeito.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4814/oficio_no_021-2023_-_prefeito.pdf</t>
   </si>
   <si>
     <t>Colocação de (05) cinco luminárias de LED 100 W, nos postes existentes na rua Desembargador Silvino Bezerra.</t>
   </si>
   <si>
     <t>4815</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4815/oficio_no_022-2023_-_servicos_urbanos.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4815/oficio_no_022-2023_-_servicos_urbanos.pdf</t>
   </si>
   <si>
     <t>Extensão do quebra-molas existente em frente a oficina do Sr. Ornilo.</t>
   </si>
   <si>
     <t>4816</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4816/oficio_no_023-2023_-_agricultura.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4816/oficio_no_023-2023_-_agricultura.pdf</t>
   </si>
   <si>
     <t>Devolução da caixa d’água pertencente ao município, que atualmente encontra-se no Assentamento Poeta José Gonçalves, na residência do Sr. Geraldo.</t>
   </si>
   <si>
     <t>4817</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4817/oficio_no_024-2023_-_assessor_de_projeto.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4817/oficio_no_024-2023_-_assessor_de_projeto.pdf</t>
   </si>
   <si>
     <t>Cumprir o que está previsto na planilha de custos da obra de iluminação da rodovia Acari/Gargalheiras no que se refere às luminárias.</t>
   </si>
   <si>
     <t>4818</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4818/oficio_no_025-2023_-_administracao.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4818/oficio_no_025-2023_-_administracao.pdf</t>
   </si>
   <si>
     <t>Esclarecimentos quanto ao fechamento do Cemitério Morada da Paz São João Batista, localizado no Bairro Petrópolis, aos sábados e domingos.</t>
   </si>
   <si>
     <t>4830</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4830/oficio_no_026-2023_-_ubaldo.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4830/oficio_no_026-2023_-_ubaldo.pdf</t>
   </si>
   <si>
     <t>Destinação de emenda parlamentar no Orçamento Geral do Estado para a drenagem e pavimentação da complementação das ruas Sílvio Nóbrega e Horácio Pires, e da travessa que liga as duas ruas, no Bairro Luiz Gonzaga, município de Acari/RN.</t>
   </si>
   <si>
     <t>4831</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4831/oficio_no_027-2023_-_ubaldo.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4831/oficio_no_027-2023_-_ubaldo.pdf</t>
   </si>
   <si>
     <t>Viabilizar a locação e perfuração de poço na comunidade rural Fortaleza, no município de Acari/RN.</t>
   </si>
   <si>
     <t>4832</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4832/oficio_no_028-2023_-_ubaldo.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4832/oficio_no_028-2023_-_ubaldo.pdf</t>
   </si>
   <si>
     <t>Destinação de emenda parlamentar no Orçamento Geral do Estado para a ASSOCIAÇÃO CAMINHOS DA CIDADANIA (Polícia Mirim).</t>
   </si>
   <si>
     <t>4862</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4862/oficio_no_029-2023_-_agricultura.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4862/oficio_no_029-2023_-_agricultura.pdf</t>
   </si>
   <si>
     <t>Venho através do presente, solicitar de Vossa Senhoria, que dentro das possibilidades, possa utilizar o trator com a pipa, para aguar as plantas que foram plantadas recentemente no município.</t>
   </si>
   <si>
     <t>4863</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4863/oficio_no_030-2023_-_agricultura.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4863/oficio_no_030-2023_-_agricultura.pdf</t>
   </si>
   <si>
     <t>Venho através do presente, solicitar de Vossa Senhoria, informações sobre os funcionários lotados na secretaria que fazem uso da frota veicular, assim como às categorias das CNH (carteira nacional de habilitação), dos referidos funcionários.</t>
   </si>
   <si>
     <t>4864</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4864/oficio_no_031-2023_-_caern.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4864/oficio_no_031-2023_-_caern.pdf</t>
   </si>
   <si>
     <t>Cumprimentando-a cordialmente, solicito a manutenção dos registros de água das ruas Cipriano Pereira (2 registros), rua da Matriz (1 registro) e rua Maria Nunes (1 registro), em nossa cidade, para sanar vazamentos existentes, confirme fotos em anexo.</t>
   </si>
   <si>
     <t>4865</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4865/oficio_no_032-2023_-_administracao.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4865/oficio_no_032-2023_-_administracao.pdf</t>
   </si>
   <si>
     <t>Venho através do presente, solicitar dentro das possibilidades, os seguintes serviços na Escola Municipal Terezinha de Lourdes Galvão: construção de uma saída de emergência no pavilhão e à substituição dos fios da rede elétrica da referida escola. Tendo em vista o risco de curto circuito que pode ocorrer, solicito à troca dos fios pretos pelos azuis como mostra a foto em anexo.</t>
   </si>
   <si>
     <t>4866</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4866/oficio_no_033-2023_-_prefeito.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4866/oficio_no_033-2023_-_prefeito.pdf</t>
   </si>
   <si>
     <t>Venho solicitar através deste, o isolamento da área onde está sendo construída à quadra de esportes do Bairro Tarcísio Bezerra Galvão.</t>
   </si>
   <si>
     <t>4943</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4943/oficio_no_034-2023_-_caern.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4943/oficio_no_034-2023_-_caern.pdf</t>
   </si>
   <si>
     <t>Cumprimentando-o cordialmente, solicito que seja solucionado, com urgência, a problemática do abastecimento d’água do Povoado Gargalheiras, município de Acari/RN, pois, segundo relatos de moradores, há vários dias que não tem água nas torneiras.</t>
   </si>
   <si>
     <t>4944</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4944/oficio_no_035-2023_-_ubaldo.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4944/oficio_no_035-2023_-_ubaldo.pdf</t>
   </si>
   <si>
     <t>Cumprimentando-o cordialmente, venho solicitar o apoio deste Mandato, junto a Secretaria de Estado dos Recursos Hídricos, para viabilizar a locação e perfuração de poço no sítio Soberano, Zona Rural do município de Acari/RN. O pleito ora formulado visa atender várias famílias que necessitam de abastecimento d’água naquela localidade.</t>
   </si>
   <si>
     <t>4945</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4945/oficio_no_036-2023_-_agricultura.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4945/oficio_no_036-2023_-_agricultura.pdf</t>
   </si>
   <si>
     <t>Venho através do presente, solicitar de Vossa Senhoria a abertura das ruas projetadas no bairro Dinarte Mariz, localizadas nas margens da RN-288, saída para Cruzeta.</t>
   </si>
   <si>
     <t>4946</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4946/oficio_no_037-2023_-_administracao.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4946/oficio_no_037-2023_-_administracao.pdf</t>
   </si>
   <si>
     <t>Venho através do presente, solicito que a devolução da caminhonete modelo Chevrolet Siverado, que está alugada ao Município, à empresa locadora, tendo em vista que a mesma em péssimo estado de conservação.</t>
   </si>
   <si>
     <t>4947</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4947/oficio_no_038-2023_-_servicos_urbanos.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4947/oficio_no_038-2023_-_servicos_urbanos.pdf</t>
   </si>
   <si>
     <t>Venho através do presente, solicitar de Vossa Senhoria, que dentro das possibilidades, possa fazer a colocação de um tubo na sarjeta localizada na Desembargador Silvino Adonias Bezerra (em frente à residência da Sra. Vitória, irmã Catemba), no Bairro Petrópolis, para evacuar a água que fica represada naquela localidade.</t>
   </si>
   <si>
     <t>4948</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4948/oficio_no_039-2023_-_diogo.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4948/oficio_no_039-2023_-_diogo.pdf</t>
   </si>
   <si>
     <t>Venho, através do presente, comunicar à Vossa Senhoria, que fiz visita às obras da escola Porfíria Pires, localizada no Bairro Petrópolis, e constatei que a construção da platibanda da escola está sendo realizada sem a ferragem. A ausência desse material pode trazer riscos de desabamento e ocasionar ferimentos aos funcionários e futuramente até aos alunos. Desta forma, solicito providências.</t>
   </si>
   <si>
     <t>4949</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4949/oficio_no_040-2023_-_der.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4949/oficio_no_040-2023_-_der.pdf</t>
   </si>
   <si>
     <t>Venho através do presente, solicitar visita do engenheiro responsável pela vistoria das estradas do RN, ao trecho que corta o município de Acari-RN, mais precisamente na RN 288, bairro Dinarte Mariz. Tendo em vista a gravidade do problema, solicito a visita do responsável, para realizar vistoria em um pontilhão localizado na referida localidade.</t>
   </si>
   <si>
     <t>4517</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Portaria</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4517/portaria_no_001-2023_-_ferias_de_icaro.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4517/portaria_no_001-2023_-_ferias_de_icaro.pdf</t>
   </si>
   <si>
     <t>Conceder o gozo de férias regulares de 30 (trinta) dias, computados no período de 03/01/2023 a 01/02/2023, relativo ao período aquisitivo de 2022/2023, ao servidor ÍCARO VINÍCIUS DE OLIVEIRA PEREIRA</t>
   </si>
   <si>
     <t>4518</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4518/portaria_no_002-2023_-_exoneracao_de_debora.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4518/portaria_no_002-2023_-_exoneracao_de_debora.pdf</t>
   </si>
   <si>
     <t>Exonerar a Sra. DEBORA MARIA DE MEDEIROS SILVA, inscrita no CPF sob o nº 107.578.474-39, do cargo de provimento em comissão de PROCURADORA JURÍDICA da Câmara Municipal de Acari/RN.</t>
   </si>
   <si>
     <t>4519</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4519/portaria_no_003-2023_-_nomeacao_de_bruna.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4519/portaria_no_003-2023_-_nomeacao_de_bruna.pdf</t>
   </si>
   <si>
     <t>Nomear a Sra. BRUNA CAROLLINI MEDEIROS SOUZA DE MOURA, inscrita no CPF sob o nº 085.341.214-60 e portadora do RG nº 002.751.812, para o cargo de provimento em comissão de PROCURADORA JURÍDICA da Câmara Municipal de Acari/RN.</t>
   </si>
   <si>
     <t>4520</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4520/portaria_no_004-2023_-_exoneracao_de_luana.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4520/portaria_no_004-2023_-_exoneracao_de_luana.pdf</t>
   </si>
   <si>
     <t>Exonerar a Sra. LUANA JUSSIELLY RIBEIRO DANTAS DA SILVA, inscrita no CPF sob o nº 070.548.784-93 e portadora do RG nº 002.632.917, do cargo de provimento em comissão de CONTROLADOR INTERNO da Câmara Municipal de Acari/RN.</t>
   </si>
   <si>
     <t>4521</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4521/portaria_no_005-2023_-_exoneracao_de_janio.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4521/portaria_no_005-2023_-_exoneracao_de_janio.pdf</t>
   </si>
   <si>
     <t>Exonerar o Sr. JÂNIO CÉSAR SILVA DE OLIVEIRA, portador do RG nº 002.087.816 (ITEP/RN) e inscrito no CPF sob o nº 082.937.564-38 do cargo de provimento em comissão de DIRETOR DE INFORMÁTICA da Câmara Municipal de Acari/RN.</t>
   </si>
   <si>
     <t>4522</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4522/portaria_no_006-2023_-_nomeacao_de_janio.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4522/portaria_no_006-2023_-_nomeacao_de_janio.pdf</t>
   </si>
   <si>
     <t>Nomear o Sr. JÂNIO CÉSAR SILVA DE OLIVEIRA, portador do RG nº 002.087.816 (ITEP/RN) e inscrito no CPF sob o nº 082.937.564-38, para o cargo de provimento em comissão de CONTROLADOR INTERNO da Câmara Municipal de Acari/RN.</t>
   </si>
   <si>
     <t>4523</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4523/portaria_no_007-2023_-_cpl.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4523/portaria_no_007-2023_-_cpl.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a nomeação da Comissão Permanente de Licitação para o Exercício de 2023, e dá outras providências.</t>
   </si>
   <si>
     <t>4524</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4524/portaria_no_008-2023_-_fiscal_de_contratos.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4524/portaria_no_008-2023_-_fiscal_de_contratos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a designação do Fiscal de Contratos da Câmara Municipal de Acari/RN no exercício de 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>4529</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4529/portaria_no_009-2023_-_nomeacao_de_cristovao.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4529/portaria_no_009-2023_-_nomeacao_de_cristovao.pdf</t>
   </si>
   <si>
     <t>Nomear o Sr. CRISTÓVÃO FÁBIO DA SILVA, portador do RG nº 002.840.400 (ITEP/RN) e inscrito no CPF sob o nº 082.731.024-24 para o cargo de provimento em comissão de DIRETOR DE INFORMÁTICA da Câmara Municipal de Acari/RN.</t>
   </si>
   <si>
     <t>4589</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4589/portaria_no_010-2023_-_ferias_de_lisangela.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4589/portaria_no_010-2023_-_ferias_de_lisangela.pdf</t>
   </si>
   <si>
     <t>Conceder o gozo de férias regulares de 20 (vinte) dias, computados no período de 01/03/2023 a 20/03/2023, relativo ao período aquisitivo de 2021/2022, à servidora LISÂNGELA CRISTIANE SILVA SANTOS.</t>
   </si>
   <si>
     <t>4775</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4775/portaria_no_011-2023_-_ferias_de_elvira.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4775/portaria_no_011-2023_-_ferias_de_elvira.pdf</t>
   </si>
   <si>
     <t>Conceder o gozo de férias regulares de 20 (vinte) dias, computados no período de 02/05/2023 a 21/05/2023, relativo ao período aquisitivo de 2021/2022, à servidora ELVIRA CRISTINA BEZERRA GALVÃO.</t>
   </si>
   <si>
     <t>4776</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4776/portaria_no_012-2023_-_ferias_de_romeu.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4776/portaria_no_012-2023_-_ferias_de_romeu.pdf</t>
   </si>
   <si>
     <t>Conceder o gozo de férias regulares de 30 (trinta) dias, computados no período de 02/05/2023 a 31/05/2023, relativo ao período aquisitivo de 2022/2023, ao servidor ROMEU FERNANDES DANTAS DE SALES.</t>
   </si>
   <si>
     <t>4777</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4777/portaria_no_013-2023_-_ferias_de_joao_paulo.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4777/portaria_no_013-2023_-_ferias_de_joao_paulo.pdf</t>
   </si>
   <si>
     <t>Conceder o gozo de férias regulares de 20 (vinte) dias, computados no período de 01/06/2023 a 20/06/2023, relativo ao período aquisitivo de 2021/2022, ao servidor JOÃO PAULO BARBOSA DE AZEVEDO.</t>
   </si>
   <si>
     <t>4778</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4778/portaria_no_014-2023_-_ferias_de_lidiane.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4778/portaria_no_014-2023_-_ferias_de_lidiane.pdf</t>
   </si>
   <si>
     <t>Conceder o gozo de férias regulares de 30 (trinta) dias, computados no período de 01/06/2023 a 30/06/2023, relativo ao período aquisitivo de 2022/2023, à servidora LIDIANE LOUISE DE MEDEIROS SILVA</t>
   </si>
   <si>
     <t>4779</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4779/portaria_no_015-2023_-_designacao_do_encarregado.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4779/portaria_no_015-2023_-_designacao_do_encarregado.pdf</t>
   </si>
   <si>
     <t>Designar o servidor CRISTÓVÃO FÁBIO DA SILVA para exercer a função de Encarregado da Proteção de Dados Pessoais.</t>
   </si>
   <si>
     <t>4780</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4780/portaria_no_016-2023_-_expediente_no_recesso.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4780/portaria_no_016-2023_-_expediente_no_recesso.pdf</t>
   </si>
   <si>
     <t>Estabelecer que o horário de expediente durante o recesso parlamentar, de 18/07 a 18/08/2023, será das 08h às 12h em regime de rodízio de funcionários.</t>
   </si>
   <si>
     <t>5338</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/5338/portaria_no_017-2023_-_ferias_de_evelyne.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/5338/portaria_no_017-2023_-_ferias_de_evelyne.pdf</t>
   </si>
   <si>
     <t>Conceder o gozo de férias regulares de 30 (trinta) dias, computados no período de 01/11/2023 a 30/11/2023, relativo ao período aquisitivo de 2021/2022, à servidora EVELYNE JOYCE DANTAS LUCENA.</t>
   </si>
   <si>
     <t>4781</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>PALOMA, RIC</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4781/projeto_de_decreto_no_001-2023_-_denomina_comenda_do_merito_desportivo.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4781/projeto_de_decreto_no_001-2023_-_denomina_comenda_do_merito_desportivo.pdf</t>
   </si>
   <si>
     <t>Denomina a Comenda do Mérito Desportivo, altera o Decreto nº 011/2018 e dá outras providências.</t>
   </si>
   <si>
     <t>4531</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Fernando Antônio Bezerra</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4531/projeto-de-lei-complementar-no-001---refis---acari-2023.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4531/projeto-de-lei-complementar-no-001---refis---acari-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de benefício para pagamento de débitos fiscais em atraso, estabelece normas para sua cobrança extrajudicial e dá outras providências.</t>
   </si>
   <si>
     <t>4581</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4581/projeto_de_lei_complementar_no_002_2023_-_reestruturacao_organizacional_administrativa_de_acari.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4581/projeto_de_lei_complementar_no_002_2023_-_reestruturacao_organizacional_administrativa_de_acari.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 10, de 26 de março de 2021, que dispõe sobre a reestruturação organizacional administrativa do Poder Executivo do Município de Acari/RN, e dá outras providências.</t>
   </si>
   <si>
     <t>4582</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4582/prb8fd1.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4582/prb8fd1.pdf</t>
   </si>
   <si>
     <t>Altera, acresce e revoga dispositivos na Lei Complementar nº 14, de 26 de dezembro de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>4908</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4908/plc_altera_lc-14-22.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4908/plc_altera_lc-14-22.pdf</t>
   </si>
   <si>
     <t>Altera, acresce e revoga dispositivos na Lei Complementar n° 14, de 26 de dezembro de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>4532</t>
   </si>
   <si>
     <t>PLPE</t>
   </si>
   <si>
     <t>Projeto de Lei - Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4532/projeto_de_lei_no_001_-_fica_instituida_a_indenizacao_para_desligamento_voluntario_-_idv_dos_servidores_publicos_do_municipio_de_acari-rn.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4532/projeto_de_lei_no_001_-_fica_instituida_a_indenizacao_para_desligamento_voluntario_-_idv_dos_servidores_publicos_do_municipio_de_acari-rn.pdf</t>
   </si>
   <si>
     <t>Institui e disciplina a Indenização para Desligamento Voluntário - IDV dos Servidores Públicos do Município de Acari-RN e dá outras providências.</t>
   </si>
   <si>
     <t>4541</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4541/projeto_de_lei_no_002_de_30_de_janeiro_de_2023_-_dispoe_sobre_a_criacao_e_regulamentacao_do_servico_de_inspecao_municipal_de_produtos_de_origem_animal_-_simpoa.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4541/projeto_de_lei_no_002_de_30_de_janeiro_de_2023_-_dispoe_sobre_a_criacao_e_regulamentacao_do_servico_de_inspecao_municipal_de_produtos_de_origem_animal_-_simpoa.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Instituição e a Regulamentação do Serviço de Inspeção Municipal de Produtos de Origem Animal (SIM/POA) em estabelecimentos no Município de AcariRN, revoga a Lei Municipal nº 1.015, de 11 de maio de 2015 e dá outras providências.</t>
   </si>
   <si>
     <t>4552</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4552/projeto_de_lei_no_003_-_fica_o_municipio_de_acari_autorizado_a_efetivar_pintura_nas_fachadas_das_residencias_existentes_na_rua_principal_do_povoado_gargalheiras.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4552/projeto_de_lei_no_003_-_fica_o_municipio_de_acari_autorizado_a_efetivar_pintura_nas_fachadas_das_residencias_existentes_na_rua_principal_do_povoado_gargalheiras.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para efetivar pintura, em regime de colaboração com os moradores que desejarem, nas fachadas das residências existentes na rua principal do Povoado Gargalheiras, e dá outras providências.</t>
   </si>
   <si>
     <t>4553</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4553/projeto_de_lei_no_004_de_10_de_fevereiro_de_2023_-_reajuste_salarial_magisterio_2023_-_versao_final.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4553/projeto_de_lei_no_004_de_10_de_fevereiro_de_2023_-_reajuste_salarial_magisterio_2023_-_versao_final.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de reajuste salarial aos professores da rede de ensino municipal de Acari e dá outras providências.</t>
   </si>
   <si>
     <t>4554</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4554/projeto_de_lei_no_005_-_formacao_de_convenio_com_a_policia_mirim.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4554/projeto_de_lei_no_005_-_formacao_de_convenio_com_a_policia_mirim.pdf</t>
   </si>
   <si>
     <t>Autoriza a formulação de Convênio com a Associação Caminhos da Cidadania (Polícia Mirim), e dá outras providências.</t>
   </si>
   <si>
     <t>4555</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4555/projeto_de_lei_no_006_-_formacao_de_convenio_com_a_filarmonica.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4555/projeto_de_lei_no_006_-_formacao_de_convenio_com_a_filarmonica.pdf</t>
   </si>
   <si>
     <t>Autoriza a formulação de Convênio com a Associação Cultural “Maestro Felinto Lúcio Dantas” e dá outras providências.</t>
   </si>
   <si>
     <t>4628</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4628/projeto_de_lei_no_007_-_autoriza_o_poder_executivo_municipal_a_conceder_auxilio_financeiro.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4628/projeto_de_lei_no_007_-_autoriza_o_poder_executivo_municipal_a_conceder_auxilio_financeiro.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder auxílio financeiro e dá outras providências.</t>
   </si>
   <si>
     <t>4629</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4629/projeto_de_lei_no_008_-_cria_a_gratificacao_de_produtividade_para_os_agentes_da_vigilancia_sanitaria.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4629/projeto_de_lei_no_008_-_cria_a_gratificacao_de_produtividade_para_os_agentes_da_vigilancia_sanitaria.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição de gratificação de produtividade a ser concedida aos Agentes de Vigilância Sanitária, no âmbito da Secretaria Municipal de Saúde Pública do Município de Acari e dá outras providências.</t>
   </si>
   <si>
     <t>4630</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4630/projeto_de_lei_no_009_-_ldo_2024.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4630/projeto_de_lei_no_009_-_ldo_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para a elaboração do Orçamento Geral do Município de Acari para o exercício de 2024, e dá outras providências.</t>
   </si>
   <si>
     <t>4657</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4657/projeto_de_lei_no_10_-_credito_especial..pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4657/projeto_de_lei_no_10_-_credito_especial..pdf</t>
   </si>
   <si>
     <t>Autoriza ao Poder Executivo Municipal a abrir Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>4691</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4691/pr149e1.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4691/pr149e1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o tratamento diferenciado, simplificado e favorecido dispensado às Microempresas, Empresas de Pequeno Porte, aos Microempreendedores Individuais, aos artesãos, produtores rurais e agricultores familiares e dá outras providências.</t>
   </si>
   <si>
     <t>4692</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4692/projeto_de_lei_no_12_-_credito_especial_-_transferencia_especial.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4692/projeto_de_lei_no_12_-_credito_especial_-_transferencia_especial.pdf</t>
   </si>
   <si>
     <t>Autoriza ao Poder Executivo Municipal a abrir Crédito Especial e dá outras providências.</t>
   </si>
   <si>
     <t>4747</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4747/projeto_de_lei_no_13_2023_-_credito_especial__-_lei_paulo_gustavo.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4747/projeto_de_lei_no_13_2023_-_credito_especial__-_lei_paulo_gustavo.pdf</t>
   </si>
   <si>
     <t>Autoriza ao Poder Executivo Municipal a abrir Crédito Adicional Especial e dá outras providências</t>
   </si>
   <si>
     <t>4748</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4748/projeto_de_lei_no_14_2023_-_credito_especial__-_veiculo_sec_desenv._economico.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4748/projeto_de_lei_no_14_2023_-_credito_especial__-_veiculo_sec_desenv._economico.pdf</t>
   </si>
   <si>
     <t>4749</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4749/projeto_de_lei_no_15_2023_-_credito_especial_-_transferencia_especial.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4749/projeto_de_lei_no_15_2023_-_credito_especial_-_transferencia_especial.pdf</t>
   </si>
   <si>
     <t>4750</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4750/projeto_de_lei_-_credito_especial_-_transferencia_especial_-_acari_cidade_iluminada_1.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4750/projeto_de_lei_-_credito_especial_-_transferencia_especial_-_acari_cidade_iluminada_1.pdf</t>
   </si>
   <si>
     <t>4752</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4752/projeto_de_lei_no_17-2023__-_credito_especial.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4752/projeto_de_lei_no_17-2023__-_credito_especial.pdf</t>
   </si>
   <si>
     <t>4783</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4783/projeto_de_lei_no_18_-_doacao_-_terreno_empresa_neo_marmores_e_granitos_eireli.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4783/projeto_de_lei_no_18_-_doacao_-_terreno_empresa_neo_marmores_e_granitos_eireli.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a doar imóvel (terreno) à empresa industrial e dá outras providências.</t>
   </si>
   <si>
     <t>4823</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4823/00_-_projeto_lei_orcamento_2024_pma.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4823/00_-_projeto_lei_orcamento_2024_pma.pdf</t>
   </si>
   <si>
     <t>Estima a RECEITA e fixa a DESPESA do Município de Acari - RN, para o exercício financeiro de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>4835</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4835/projeto_de_lei_no_20_-_autoriza_o_poder_executivo_a_transferir_a_complementacao_da_assistencia_financeira_para_o_piso_dos_profissionais_da__enfermagem.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4835/projeto_de_lei_no_20_-_autoriza_o_poder_executivo_a_transferir_a_complementacao_da_assistencia_financeira_para_o_piso_dos_profissionais_da__enfermagem.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a repassar recursos recebidos da União para cumprimento da assistência financeira complementar de que trata a Emenda Constitucional n.º 127/2022.</t>
   </si>
   <si>
     <t>4870</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4870/projeto_de_lei_no_21_-_sim_municipal_-_cim_serido_final.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4870/projeto_de_lei_no_21_-_sim_municipal_-_cim_serido_final.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Serviço de Inspeção Sanitária e Industrial de Produtos de Origem Animal no Município de Acari-RN, e dá outras providências.</t>
   </si>
   <si>
     <t>4871</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4871/projeto_de_lei_no_22_-dispoe_sobre_o_procedimento_para_a_instalacao_de_infraestrutura_de_suporte_para_estacao_transmissora_de_radiocomunicacao_-_etr.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4871/projeto_de_lei_no_22_-dispoe_sobre_o_procedimento_para_a_instalacao_de_infraestrutura_de_suporte_para_estacao_transmissora_de_radiocomunicacao_-_etr.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o procedimento para a instalação de infraestrutura de suporte para Estação Transmissora de Radiocomunicação - ETR autorizada pela Agência Nacional de Telecomunicações - ANATEL, no âmbito do Município de Acari e dá outras providências.</t>
   </si>
   <si>
     <t>4872</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4872/projeto_23.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4872/projeto_23.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a desafetação de bem imóvel e autoriza o Poder Executivo Municipal a proceder a alienação de bens integrantes do patrimônio público do Município de Acari/RN, mediante leilão público, e dá outras providências.</t>
   </si>
   <si>
     <t>4900</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4900/projeto_de_lei_no_24_-_credito_especial.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4900/projeto_de_lei_no_24_-_credito_especial.pdf</t>
   </si>
   <si>
     <t>4911</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4911/projeto_de_lei_no_25_-_institui_a_semana_municipal_de_prevencao_ao_uso_de_drogas_e_conscientizacao_da_juventude_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4911/projeto_de_lei_no_25_-_institui_a_semana_municipal_de_prevencao_ao_uso_de_drogas_e_conscientizacao_da_juventude_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Institui a Semana Municipal de Prevenção ao Uso de Drogas e Conscientização da Juventude e revoga a Lei Municipal nº 925, de 12 de março de 2010 e dá outras providências.</t>
   </si>
   <si>
     <t>4921</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4921/projeto_de_lei_no_26_-_autoriza_ao_poder_executivo_municipal_a_abrir_credito_adicional_especial_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4921/projeto_de_lei_no_26_-_autoriza_ao_poder_executivo_municipal_a_abrir_credito_adicional_especial_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>4922</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4922/projeto_de_lei_no_027-2023_-_pe.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4922/projeto_de_lei_no_027-2023_-_pe.pdf</t>
   </si>
   <si>
     <t>Institui no Município de Acari o Certificado de Qualidade Ambiental "SELO VERDE", e dá outras providências.</t>
   </si>
   <si>
     <t>4923</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4923/projeto_de_lei_no_028-2023_-_pe.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4923/projeto_de_lei_no_028-2023_-_pe.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a criar regime de tributação e pactuar autorização administrativa de uso de bem público municipal com as atuais permissionários ocupantes dos quiosques da Praça da Alimentação Elizeu Vitoriano da Silva no Município de Acari, e dá outras providências.</t>
   </si>
   <si>
     <t>4580</t>
   </si>
   <si>
     <t>PLPL</t>
   </si>
   <si>
     <t>Projeto de Lei - Poder Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4580/projeto_de_lei_no_001-2023_-_semana_de_combate_a_violencia_contra_a_mulher.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4580/projeto_de_lei_no_001-2023_-_semana_de_combate_a_violencia_contra_a_mulher.pdf</t>
   </si>
   <si>
     <t>Institui a Semana Escolar de Conscientização e Combate à Violência contra a Mulher, institui a campanha “Março Lilás e Amarelo” e estabelece diretrizes para a implantação do programa "Rede de Proteção da Mulher", no âmbito do Município de Acari/RN.</t>
   </si>
   <si>
     <t>4592</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4592/projeto_de_lei_no_002-2023_-_semana_municipal_de_conscientizacao_do_autismo.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4592/projeto_de_lei_no_002-2023_-_semana_municipal_de_conscientizacao_do_autismo.pdf</t>
   </si>
   <si>
     <t>Institui a Semana Municipal de Conscientização do Autismo no âmbito do Município de Acari/RN.</t>
   </si>
   <si>
     <t>4601</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4601/projeto_de_lei_no_003-2023_-_data_da_emancipacao_politica_de_acari.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4601/projeto_de_lei_no_003-2023_-_data_da_emancipacao_politica_de_acari.pdf</t>
   </si>
   <si>
     <t>Institui e oficializa o dia 11 de abril de 1833 como o dia de criação do Município de Acari/RN e o dia 11 de abril como a data de comemoração da Emancipação Política do Município.</t>
   </si>
   <si>
     <t>4605</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4605/projeto_de_lei_no_004-2023_-_denomina_logradouro_publico.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4605/projeto_de_lei_no_004-2023_-_denomina_logradouro_publico.pdf</t>
   </si>
   <si>
     <t>Denomina Logradouro Público e dá outras providências.</t>
   </si>
   <si>
     <t>4606</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4606/projeto_de_lei_no_005-2023_-_cnh_popular.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4606/projeto_de_lei_no_005-2023_-_cnh_popular.pdf</t>
   </si>
   <si>
     <t>Institui o Programa CNH Popular no âmbito do Município de Acari/RN e dá outras providências.</t>
   </si>
   <si>
     <t>4607</t>
   </si>
   <si>
     <t>MESA DIRETORA</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4607/projeto_de_lei_no_006-2023_-_denominacao_de_ruas.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4607/projeto_de_lei_no_006-2023_-_denominacao_de_ruas.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 947/2011 dá outras providências.</t>
   </si>
   <si>
     <t>4631</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4631/projeto_de_lei_no_007-2023_-_denomina_brinquedoteca.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4631/projeto_de_lei_no_007-2023_-_denomina_brinquedoteca.pdf</t>
   </si>
   <si>
     <t>Denomina a brinquedoteca do Centro Municipal de Educação Infantil Professora Maria de Fátima Araújo e dá outras providências.</t>
   </si>
   <si>
     <t>4632</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4632/projeto_de_lei_no_008-2023_-_denomina_projeto_saude_em_movimento.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4632/projeto_de_lei_no_008-2023_-_denomina_projeto_saude_em_movimento.pdf</t>
   </si>
   <si>
     <t>Denomina o Projeto Saúde em Movimento desenvolvido pela Prefeitura Municipal de Acari, por meio da Secretaria Municipal de Saúde, e dá outras providências.</t>
   </si>
   <si>
     <t>4658</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4658/projeto_de_lei_no_009-2023_-_denomina_o_cras_de_acari.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4658/projeto_de_lei_no_009-2023_-_denomina_o_cras_de_acari.pdf</t>
   </si>
   <si>
     <t>Denomina o Centro de Referência da Assistência Social (CRAS) do Município de Acari e dá outras providências.</t>
   </si>
   <si>
     <t>4782</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4782/projeto_de_lei_no_10-2023_-_regulamenta_a_contratacao_de_artistas_no_periodo_junino.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4782/projeto_de_lei_no_10-2023_-_regulamenta_a_contratacao_de_artistas_no_periodo_junino.pdf</t>
   </si>
   <si>
     <t>Regulamenta a contratação de artistas, bandas e grupos musicais durante as festividades juninas no Município de Acari/RN visando à valorização do forró e dá outras providências</t>
   </si>
   <si>
     <t>4798</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4798/projeto_de_lei_no_11-2023_-_reconhece_o_cemiterio_do_inga_como_patrimonio_historico_de_acari.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4798/projeto_de_lei_no_11-2023_-_reconhece_o_cemiterio_do_inga_como_patrimonio_historico_de_acari.pdf</t>
   </si>
   <si>
     <t>Reconhece o Cemitério do Ingá como Patrimônio Histórico e Cultural do Município de Acari//RN e dá outras providências.</t>
   </si>
   <si>
     <t>4799</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4799/projeto_de_lei_no_012-2023_-_renomeia_logradouro_publico_-_dona_tum.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4799/projeto_de_lei_no_012-2023_-_renomeia_logradouro_publico_-_dona_tum.pdf</t>
   </si>
   <si>
     <t>Renomeia logradouro público e dá outras providências.</t>
   </si>
   <si>
     <t>4824</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4824/projeto_de_lei_no_013-2023_-_revoga_lei.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4824/projeto_de_lei_no_013-2023_-_revoga_lei.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei nº 1.265 de 21 de julho de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>4825</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4825/projeto_de_lei_no_014-2023_-_denomina_a_feira_livre_do_municipio.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4825/projeto_de_lei_no_014-2023_-_denomina_a_feira_livre_do_municipio.pdf</t>
   </si>
   <si>
     <t>Denomina a Feira Livre de Acari e dá outras providências.</t>
   </si>
   <si>
     <t>4843</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4843/projeto_de_lei_no_015-2023_-_equiparacao_dos_portadores_de_doencas_renais_cronicas_a_pcd.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4843/projeto_de_lei_no_015-2023_-_equiparacao_dos_portadores_de_doencas_renais_cronicas_a_pcd.pdf</t>
   </si>
   <si>
     <t>Estabelece a equiparação entre os portadores de doenças renais crônicas e as pessoas com deficiência para fins de acessibilidade e oportunidades e dá outras providências.</t>
   </si>
   <si>
     <t>4844</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4844/projeto_de_lei_no_016-2023_-_nomeacao_do_bairro_cardeal_dom_eugenio.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4844/projeto_de_lei_no_016-2023_-_nomeacao_do_bairro_cardeal_dom_eugenio.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Bairro Cardeal Dom Eugênio de Araújo Sales e dá outras providências</t>
   </si>
   <si>
     <t>4855</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4855/projeto_de_lei_no_017-2023_-_reducao_da_reserva_de_faixa_nao_edificavel.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4855/projeto_de_lei_no_017-2023_-_reducao_da_reserva_de_faixa_nao_edificavel.pdf</t>
   </si>
   <si>
     <t>Autoriza a redução da reserva não edificável, ao longo da BR-427 e da RN-288 na área urbana do Município de Acari, assegurando o direito de permanência de edificações na faixa de domínio público, abertura de rua lateral e dá outras providências.</t>
   </si>
   <si>
     <t>4889</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4889/projeto_de_lei_no_018-2023_-_denomina_anexo_da_prefeitura.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4889/projeto_de_lei_no_018-2023_-_denomina_anexo_da_prefeitura.pdf</t>
   </si>
   <si>
     <t>Denomina o prédio anexo da Prefeitura Municipal de Acari e dá outras providências.</t>
   </si>
   <si>
     <t>4890</t>
   </si>
   <si>
     <t>ALBERVANIA, BADA, NENILVAN, RAFAEL, RIC, ZUIL</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4890/projeto_de_lei_no_019-2023_-_denomina_praca.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4890/projeto_de_lei_no_019-2023_-_denomina_praca.pdf</t>
   </si>
   <si>
     <t>Denomina a praça localizada na Rua Aurino Pires e dá outras providências.</t>
   </si>
   <si>
     <t>4906</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4906/projeto_de_lei_no_020-2023_-_reconhece_associacao_como_de_utilidade_publica.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4906/projeto_de_lei_no_020-2023_-_reconhece_associacao_como_de_utilidade_publica.pdf</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Pública a ASSOCIAÇÃO FUTEBOL DE MESA ACARIENSE – AFMA.</t>
   </si>
   <si>
     <t>4907</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4907/projeto_de_lei_no_021-2023_-_hipoteses_de_proibicao_de_suspensao_de_energia_e_agua.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4907/projeto_de_lei_no_021-2023_-_hipoteses_de_proibicao_de_suspensao_de_energia_e_agua.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as hipóteses de proibição da suspensão do fornecimento de energia elétrica e água no Município de Acari/RN e dá outras providências.</t>
   </si>
   <si>
     <t>4920</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4920/projeto_de_lei_no_022-2023_-_denomina_logradouro_publico.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4920/projeto_de_lei_no_022-2023_-_denomina_logradouro_publico.pdf</t>
   </si>
   <si>
     <t>Denomina logradouro público e dá outras providências.</t>
   </si>
   <si>
     <t>4544</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4544/projeto_de_resolucao_no_001-2023_-_regulamentacao_do_emprestimo_consignado.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4544/projeto_de_resolucao_no_001-2023_-_regulamentacao_do_emprestimo_consignado.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A CONSIGNAÇÃO EM FOLHA DE PAGAMENTO DOS SERVIDORES PÚBLICOS MUNICIPAIS E VEREADORES DA CÂMARA MUNICIPAL DE ACARI/RN.</t>
   </si>
   <si>
     <t>4545</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4545/projeto_de_resolucao_no_002-2023_-escola_do_legislativo.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4545/projeto_de_resolucao_no_002-2023_-escola_do_legislativo.pdf</t>
   </si>
   <si>
     <t>CRIA A ESCOLA DO LEGISLATIVO DE ACARI/RN, NO ÂMBITO DA CÂMARA MUNICIPAL DE ACARI, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4570</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4570/projeto_de_resolucao_no_003-2023_-_atualizacao_dos_valores_das_diarias.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4570/projeto_de_resolucao_no_003-2023_-_atualizacao_dos_valores_das_diarias.pdf</t>
   </si>
   <si>
     <t>Altera o Anexo III da Resolução nº 001/2022, e dá outras providências.</t>
   </si>
   <si>
     <t>4669</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4669/projeto_de_resolucao_no_004-2023_-_regulamenta_o_agente_de_contratacao_e_outros.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4669/projeto_de_resolucao_no_004-2023_-_regulamenta_o_agente_de_contratacao_e_outros.pdf</t>
   </si>
   <si>
     <t>Regulamenta o disposto no § 3º do art. 8º da Lei nº 14.133, de 1º de abril de 2021, para dispor sobre as regras para a atuação do agente de contratação e da equipe de apoio, o funcionamento da comissão de contratação e a atuação dos gestores e fiscais de contratos, no âmbito da Câmara Municipal de Acari/RN.</t>
   </si>
   <si>
     <t>4670</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4670/projeto_de_resolucao_no_005-2023_-_regulamenta_a_dispensa_de_licitacao.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4670/projeto_de_resolucao_no_005-2023_-_regulamenta_a_dispensa_de_licitacao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a dispensa de licitação de que trata o art. 75, da Lei nº 14.133, de 1º de abril de 2021, e institui o Sistema de Dispensa Eletrônica, no âmbito da Câmara Municipal de Acari/RN.</t>
   </si>
   <si>
     <t>4671</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4671/projeto_de_resolucao_no_006-2023_-_regulamenta_a_pesquisa_de_precos.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4671/projeto_de_resolucao_no_006-2023_-_regulamenta_a_pesquisa_de_precos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o procedimento administrativo para a realização de pesquisa de preços no âmbito da Câmara Municipal de Acari/RN.</t>
   </si>
   <si>
     <t>4733</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4733/projeto_de_resolucao_no_007-2023_-_altera_quadro_de_detalhamento_de_despesas.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4733/projeto_de_resolucao_no_007-2023_-_altera_quadro_de_detalhamento_de_despesas.pdf</t>
   </si>
   <si>
     <t>Altera o Quadro de Detalhamento de Despesa (QDD) da Câmara Municipal de Acari – RN para o exercício de 2023.</t>
   </si>
   <si>
     <t>4845</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4845/projeto_de_resolucao_no_008-2023_-_altera_quadro_de_detalhamento_de_despesas.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4845/projeto_de_resolucao_no_008-2023_-_altera_quadro_de_detalhamento_de_despesas.pdf</t>
   </si>
   <si>
     <t>4535</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4535/requerimento_no_001-2023_-_sessao_extraordinaria_durante_o_recesso.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4535/requerimento_no_001-2023_-_sessao_extraordinaria_durante_o_recesso.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS a convocação de todos os edis de forma extraordinária para a realização de sessão extraordinária no próximo dia 02 de fevereiro de 2023 (quinta-feira), às 19h, com o objetivo de permitir a discussão e votação do PROJETO DE LEI COMPLEMENTAR Nº 001/2023, de iniciativa do Poder Executivo: Dispõe sobre a concessão de benefício para pagamento de débitos fiscais em atraso, estabelece normas para sua cobrança extrajudicial e dá outras providências; e do PROJETO DE LEI Nº 001/2023, de iniciativa do Poder Executivo: Institui e disciplina a Indenização para Desligamento Voluntário – IDV dos Servidores Públicos do Município de Acari-RN e dá outras providências</t>
   </si>
   <si>
     <t>4609</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4609/requerimento_no_002-2023_ao_plenario_-_criacao_de_comissao_para_representar_a_cma_em_discussoes_hidricas.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4609/requerimento_no_002-2023_ao_plenario_-_criacao_de_comissao_para_representar_a_cma_em_discussoes_hidricas.pdf</t>
   </si>
   <si>
     <t>Requer a criação de uma Comissão destinada a representar a Câmara Municipal de Acari nas discussões relativas ao abastecimento hídrico do município.</t>
   </si>
   <si>
     <t>4668</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4668/requerimento_no_003-2023_-_implantacao_do_piso_salarial_dos_profissionais_de_enfermagem.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4668/requerimento_no_003-2023_-_implantacao_do_piso_salarial_dos_profissionais_de_enfermagem.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Poder Executivo Municipal solicitando o envio de projeto de lei à Câmara Municipal de Acari/RN para a implantação do piso salarial dos profissionais de enfermagem.</t>
   </si>
   <si>
     <t>4690</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4690/requerimento_no_004-2023_-_solicitacao_de_informacoes.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4690/requerimento_no_004-2023_-_solicitacao_de_informacoes.pdf</t>
   </si>
   <si>
     <t>Requer à Presidência da Câmara Municipal de Acari/RN esclarecimentos sobre as revisões e trocas de peças no veículo oficial desta Casa Legislativa.</t>
   </si>
   <si>
     <t>4839</t>
   </si>
   <si>
     <t>ALBERVANIA, BADA, ERIVAN ENFERMEIRO, MARINEIDE, PALOMA, RIC</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4839/requerimento_no_005-2023_-_urgencia_especial.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4839/requerimento_no_005-2023_-_urgencia_especial.pdf</t>
   </si>
   <si>
     <t>Com base nos artigos nº 190 e 191, inciso I, alínea ‘b’, do Regimento Interno desta Casa Legislativa, REQUEREMOS que seja submetido ao Plenário o pedido de URGÊNCIA ESPECIAL ao Projeto de Lei nº 020/2023, de iniciativa do Poder Executivo Municipal, com o objetivo de garantir a votação da matéria na ordem do dia da presente reunião, a fim de beneficiar enfermeiros, técnicos de enfermagem e auxiliares de enfermagem do nosso município.</t>
   </si>
   <si>
     <t>4897</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4897/requerimento_no_006-2022_-_rafael.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4897/requerimento_no_006-2022_-_rafael.pdf</t>
   </si>
   <si>
     <t>Com base no Artigo 183, alínea “j”, do Regimento Interno desta Casa Legislativa, REQUEIRO à Mesa Diretora que restabeleça às transmissões das sessões através do canal 15.3 da Sidy´s Tv.</t>
   </si>
   <si>
     <t>4919</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4919/requerimento_no_007-2023_-_rafael.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4919/requerimento_no_007-2023_-_rafael.pdf</t>
   </si>
   <si>
     <t>Com base no Artigo 183, alínea “j”, do Regimento Interno desta Casa Legislativa, REQUEIRO à Presidência da Câmara Municipal de Acari/RN, com fulcro no art. 8º, da Lei nº 12.527/2011, que seja publicado todos os editais de concorrência pública no sítio oficial da Casa Legislativa e que seja oficiado ao Executivo Municipal para que também possa disponibilizá-los no sítio oficial da Prefeitura Municipal de Acari/RN.</t>
   </si>
   <si>
     <t>5131</t>
   </si>
   <si>
     <t>RES</t>
   </si>
   <si>
     <t>RESOLUÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/5131/resolucao_no_001-2023_-_regulamentacao_do_emprestimo_consignado.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/5131/resolucao_no_001-2023_-_regulamentacao_do_emprestimo_consignado.pdf</t>
   </si>
   <si>
     <t>A realização de consignações na folha de pagamento dos servidores públicos e vereadores da Câmara Municipal de Acari/RN, reger-se-á pelas normas desta Resolução.</t>
   </si>
   <si>
     <t>5132</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/5132/resolucao_no_002-2023_-_escola_do_legislativo.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/5132/resolucao_no_002-2023_-_escola_do_legislativo.pdf</t>
   </si>
   <si>
     <t>Fica criada, no âmbito da Câmara Municipal de Acari/RN, a ESCOLA DO LEGISLATIVO MUNICIPAL ROBENILDA MARIA DA SILVA, com o objetivo de oferecer suporte conceitual de natureza técnico-administrativa às atividades legislativas e afins.</t>
   </si>
   <si>
     <t>5133</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/5133/resolucao_no_003-2023_-_atualizacao_dos_valores_das_diarias.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/5133/resolucao_no_003-2023_-_atualizacao_dos_valores_das_diarias.pdf</t>
   </si>
   <si>
     <t>Altera o Anexo III da Resolução nº 001/2022, e dá outras providências</t>
   </si>
   <si>
     <t>5134</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/5134/resolucao_no_004-2023_-_altera_o_quadro_de_detalhamento_de_despesas.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/5134/resolucao_no_004-2023_-_altera_o_quadro_de_detalhamento_de_despesas.pdf</t>
   </si>
   <si>
     <t>5135</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/5135/resolucao_no_005-2023_-_regulamenta_o_agente_de_contratacao_e_outros.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/5135/resolucao_no_005-2023_-_regulamenta_o_agente_de_contratacao_e_outros.pdf</t>
   </si>
   <si>
     <t>Esta Resolução regulamenta o disposto no § 3º do art. 8º da Lei nº 14.133, de 1º de abril de 2021, para dispor sobre as regras para a atuação do agente de contratação e da equipe de apoio, o funcionamento da comissão de contratação e a atuação dos gestores e fiscais de contratos, no âmbito da Câmara Municipal de Acari/RN.</t>
   </si>
   <si>
     <t>5136</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/5136/resolucao_no_006-2023_-_regulamenta_a_dispensa_de_licitacao.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/5136/resolucao_no_006-2023_-_regulamenta_a_dispensa_de_licitacao.pdf</t>
   </si>
   <si>
     <t>Esta Resolução dispõe sobre a dispensa de licitação de que trata o art. 75, incisos I e II da Lei nº 14.133, de 1º de abril de 2021, bem como institui o Sistema de Dispensa Eletrônica, no âmbito da Câmara Municipal.</t>
   </si>
   <si>
     <t>5137</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/5137/resolucao_no_007-2023_-_regulamenta_a_pesquisa_de_precos.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/5137/resolucao_no_007-2023_-_regulamenta_a_pesquisa_de_precos.pdf</t>
   </si>
   <si>
     <t>Esta Resolução dispõe sobre o procedimento administrativo para a realização de pesquisa de preços no âmbito da Câmara Municipal.</t>
   </si>
   <si>
     <t>5138</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/5138/resolucao_no_008-2023_-_altera_quadro_de_detalhamento_de_despesas.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/5138/resolucao_no_008-2023_-_altera_quadro_de_detalhamento_de_despesas.pdf</t>
   </si>
   <si>
     <t>4652</t>
   </si>
   <si>
     <t>OPVSB</t>
   </si>
   <si>
     <t>Ofícios Exp. do Gabinete da Vereadora Paloma</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4652/oficio_no_001-2023_-_sandra.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4652/oficio_no_001-2023_-_sandra.pdf</t>
   </si>
   <si>
     <t>Venho através do presente, solicitar de Vossa Senhoria, informações sobre a presença do zelador na quadra de esportes existente na saída para a cidade de Cruzeta, tendo em vista a reclamação de alguns frequentadores da referida localidade, acerca da ausência desse profissional no período chuvoso.</t>
   </si>
   <si>
     <t>4653</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4653/oficio_no_002-2023_-_sandra.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4653/oficio_no_002-2023_-_sandra.pdf</t>
   </si>
   <si>
     <t>Venho através do presente, solicitar de Vossa Senhoria, o serviço de recuperação dos refletores da quadra de esportes Monsenhor Ernesto da Silva Espínola (saída para Cruzeta).</t>
   </si>
   <si>
     <t>4684</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4684/oficio_no_003-2023_-_elizeu_ginasio.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4684/oficio_no_003-2023_-_elizeu_ginasio.pdf</t>
   </si>
   <si>
     <t>Venho através do presente, dentro das possibilidades, solicitar de Vossa Senhoria, informações relacionadas à ausência do profissional (Professor), na disciplina de História na grade educacional da Escola Estadual Dr. José Gonçalves de Medeiros.</t>
   </si>
   <si>
     <t>4718</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4718/oficio_no_004-2023_-_saude.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4718/oficio_no_004-2023_-_saude.pdf</t>
   </si>
   <si>
     <t>Venho através do presente, convidar vossa senhoria, juntamente com os funcionários da Vigilância Sanitária Municipal, para se fazerem presentes aqui na Câmara Municipal de Acari, em dia a ser decidido por vossa senhoria, para tratarmos de assuntos referentes ao Projeto de Lei nº 008/2023, de autoria do Poder Executivo Municipal.</t>
   </si>
   <si>
     <t>4719</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4719/oficio_no_005-2023_-_contadora_pma.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4719/oficio_no_005-2023_-_contadora_pma.pdf</t>
   </si>
   <si>
     <t>Venho através do presente, convidar vossa senhoria para participar no próximo dia 19/06/2023 às 9:00, da reunião da Comissão de Constituição, Legislação, Justiça, Orçamento, Finança e Tributação, na Câmara Municipal de Acari-RN, onde será discutido o Projeto de Lei nº 009/2023, de autoria do Poder Executivo Municipal.</t>
   </si>
   <si>
     <t>4720</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4720/oficio_no_006-2023_-_caern.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4720/oficio_no_006-2023_-_caern.pdf</t>
   </si>
   <si>
     <t>Cumprimentando-o cordialmente, venho solicitar providências no sentido de construir uma nova caixa d’água para a sede do escritório local da CAERN em Acari, tendo em vista que a caixa existente não está conseguindo suprir o abastecimento dos bairros mais altos da cidade, como o Petrópolis e o Padre Cortez.</t>
   </si>
   <si>
     <t>4721</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4721/oficio_no_007-2023_-_terezinha_maia.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4721/oficio_no_007-2023_-_terezinha_maia.pdf</t>
   </si>
   <si>
     <t>Cumprimentando-a cordialmente, venho solicitar apoio do seu Mandato para pleitear providências junto ao CAERN no sentido de construir uma nova caixa d’água para a sede do escritório local da companhia em Acari, tendo em vista que a caixa existente não está conseguindo suprir o abastecimento dos bairros mais altos da cidade, como o Petrópolis e o Padre Cortez.</t>
   </si>
   <si>
     <t>4722</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4722/oficio_no_008-2023_-_terezinha_maia.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4722/oficio_no_008-2023_-_terezinha_maia.pdf</t>
   </si>
   <si>
     <t>Cumprimentando-a cordialmente, venho solicitar apoio do seu Mandato no sentido de contribuir para a confecção de bonés personalizados para o Desfile do Agricultor, que ocorrerá no dia 12 de agosto de 2023, dentro da programação da Festa de Nossa Senhora da Guia, padroeira da cidade de Acari.</t>
   </si>
   <si>
     <t>4723</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4723/oficio_no_009-2023_-_servicos_urbanos.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4723/oficio_no_009-2023_-_servicos_urbanos.pdf</t>
   </si>
   <si>
     <t>Venho através do presente, solicitar de Vossa Senhoria, que dentro das possibilidades, possa realizar o serviço de limpeza por completo do Cemitério Morada da Paz São João Batista.</t>
   </si>
   <si>
     <t>4724</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4724/oficio_no_010-2023_-_servicos_urbanos.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4724/oficio_no_010-2023_-_servicos_urbanos.pdf</t>
   </si>
   <si>
     <t>Venho através do presente, solicitar de Vossa Senhoria, que possa realizar o serviço de retirada de um poste da empresa Sidys TV, localizado na rua Aurino Pires, onde está sendo construído um Largo.</t>
   </si>
   <si>
     <t>4791</t>
   </si>
   <si>
     <t>PALOMA, ERIVAN ENFERMEIRO</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4791/oficio_no_011-2023_-_terezinha_maia.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4791/oficio_no_011-2023_-_terezinha_maia.pdf</t>
   </si>
   <si>
     <t>4792</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4792/oficio_no_012-2023_-_terezinha_maia.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4792/oficio_no_012-2023_-_terezinha_maia.pdf</t>
   </si>
   <si>
     <t>Pavimentação da Rua Professora Raimunda Alzira da Silva</t>
   </si>
   <si>
     <t>4793</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4793/oficio_no_013-2023_-_saude.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4793/oficio_no_013-2023_-_saude.pdf</t>
   </si>
   <si>
     <t>Disponibilização de um dia para apresentar os trabalhos prestados junto a secretária de saúde, aos jovens que fazem parte do projeto Câmara Mirim, da Câmara Municipal de Acari-RN.</t>
   </si>
   <si>
     <t>4856</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4856/oficio_no_014-2023_-_servicos_urbanos.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4856/oficio_no_014-2023_-_servicos_urbanos.pdf</t>
   </si>
   <si>
     <t>Venho através do presente, solicitar de vossa senhoria, que dentro das possibilidades, possa disponibilizar um dia para apresentar os trabalhos prestados junto a secretária, aos jovens que fazem parte do projeto Câmara Mirim, da Câmara Municipal de Acari-RN. Tendo em vista que esse serviço será de grande aprendizagem para esses jovens estudantes.</t>
   </si>
   <si>
     <t>4857</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4857/oficio_no_015-2023_-_agricultura.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4857/oficio_no_015-2023_-_agricultura.pdf</t>
   </si>
   <si>
     <t>4858</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4858/oficio_no_016-2023_-_adm.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4858/oficio_no_016-2023_-_adm.pdf</t>
   </si>
   <si>
     <t>4859</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4859/oficio_no_017-2023_-_educacao.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4859/oficio_no_017-2023_-_educacao.pdf</t>
   </si>
   <si>
     <t>4860</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4860/oficio_no_018-2023_-_turismo.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4860/oficio_no_018-2023_-_turismo.pdf</t>
   </si>
   <si>
     <t>4861</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4861/oficio_no_019-2023_-_servico_social.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4861/oficio_no_019-2023_-_servico_social.pdf</t>
   </si>
   <si>
     <t>4935</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4935/oficio_no_020-2023_-_projetos_especiais.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4935/oficio_no_020-2023_-_projetos_especiais.pdf</t>
   </si>
   <si>
     <t>4936</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4936/oficio_no_021-2023_-_sandra.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4936/oficio_no_021-2023_-_sandra.pdf</t>
   </si>
   <si>
     <t>Venho através do presente, solicitar de Vossa Senhoria, informações acerca do estado atual do estádio municipal Pedro Celestino.</t>
   </si>
   <si>
     <t>4937</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4937/oficio_no_022-2023_-_sandra.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4937/oficio_no_022-2023_-_sandra.pdf</t>
   </si>
   <si>
     <t>Venho através do presente, solicitar de Vossa Senhoria, para que dentro das possibilidades, possa realizar a Corrida Prata da Casa Sargento Fernando Jorge da Silva, no período noturno, tendo em vista à alta temperatura que estamos enfrentando no momento.</t>
   </si>
   <si>
     <t>4938</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4938/oficio_no_023-2023_-_defensoria_publica.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4938/oficio_no_023-2023_-_defensoria_publica.pdf</t>
   </si>
   <si>
     <t>Realização de mutirão do projeto “Meu pai tem nome” no município de Acari/RN.</t>
   </si>
   <si>
     <t>4788</t>
   </si>
   <si>
     <t>OJES</t>
   </si>
   <si>
     <t>Ofícios Exp. do Gabinete da Vereador Erivan</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4788/oficio_no_001-2023_-_terezinha_maia.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4788/oficio_no_001-2023_-_terezinha_maia.pdf</t>
   </si>
   <si>
     <t>Destinação de emenda parlamentar para pavimentação de ruas do Bairro Cardeal Sales, no município de Acari.</t>
   </si>
   <si>
     <t>4934</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4934/oficio_no_002-2023.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4934/oficio_no_002-2023.pdf</t>
   </si>
   <si>
     <t>Convidar representante da concessionária CAERN – Companhia de Água e Esgotos do Rio Grande do Norte – para participar da reunião da Comissão de Constituição, Legislação, Justiça, Orçamento, Finanças e Tributação da Câmara Municipal de Acari/RN, no dia 11 de dezembro de 2023, às 9h.</t>
   </si>
   <si>
     <t>4600</t>
   </si>
   <si>
     <t>ORBBA</t>
   </si>
   <si>
     <t>Ofícios Exp. do Gabinete da Vereador Rafael</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4600/oficio_no_001-2023_-_saude.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4600/oficio_no_001-2023_-_saude.pdf</t>
   </si>
   <si>
     <t>Solicitar providências, com urgência, no tocante à contratação de médicos para os PSF’s 1 (Petrópolis) e 5 (Padre Cortez), que estão atualmente sem esses profissionais, como forma de reduzir a grande demanda que está se dirigindo ao Pronto Atendimento Municipal. Ao mesmo tempo, a médica do PSF 2 (Luiz Gonzaga) está prestes a entrar de férias; portanto, faz-se necessário preencher a lacuna de médico também naquela unidade.</t>
   </si>
   <si>
     <t>4620</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4620/oficio_no_002-2023_-_prefeito.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4620/oficio_no_002-2023_-_prefeito.pdf</t>
   </si>
   <si>
     <t>Comunicar o pagamento da emenda para realização de melhorias na quadra do Bairro Tarcísio Bezerra Galvão.</t>
   </si>
   <si>
     <t>4685</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4685/oficio_no_003-2023_-_cdl.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4685/oficio_no_003-2023_-_cdl.pdf</t>
   </si>
   <si>
     <t>Lista de empresas de médio e grande porte do Município de Acari/RN.</t>
   </si>
   <si>
     <t>4686</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4686/oficio_no_004-2023_-_psicologa.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4686/oficio_no_004-2023_-_psicologa.pdf</t>
   </si>
   <si>
     <t>Lista de material de apoio necessário para terapias ocupacionais.</t>
   </si>
   <si>
     <t>4687</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4687/oficio_no_005-2023_-_administracao.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4687/oficio_no_005-2023_-_administracao.pdf</t>
   </si>
   <si>
     <t>Solicito a lista quantitativa e nominal de profissionais de enfermagem (técnicos, auxiliares e enfermeiros) lotados na Secretaria Municipal de Saúde de Acari, com seus respectivos tipos de vínculos (estatutário, contratado ou comissionado) e tempo de ingresso na função/cargo.</t>
   </si>
   <si>
     <t>4725</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4725/oficio_no_006-2023_-_gabinete.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4725/oficio_no_006-2023_-_gabinete.pdf</t>
   </si>
   <si>
     <t>Solicito providências no sentido de melhorar a estrutura física da Biblioteca Pública Municipal Maria de Jesus Bezerra, localizada no prédio do antigo Jardim de Infância. O espaço se encontra muito deteriorado trazendo riscos aos próprios funcionários.</t>
   </si>
   <si>
     <t>4794</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4794/oficio_no_007-2023_-_saude.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4794/oficio_no_007-2023_-_saude.pdf</t>
   </si>
   <si>
     <t>Cópia de todo o processo referente ao Termo de Colaboração nº 005/2022-SMS-FMS e seus apostilamentos, que dispõe sobre a “execução de atividades em saúde do Sistema Único de Saúde – SUS”, e cópia de todos os processos anteriores em que figure o Instituto de Desenvolvimento Humano (IDH) como parte no município de Acari/RN.</t>
   </si>
   <si>
     <t>4795</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4795/oficio_no_008-2023_-_gabinete.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4795/oficio_no_008-2023_-_gabinete.pdf</t>
   </si>
   <si>
     <t>Cópia de todo o processo referente à Tomada de Preços nº 001/2023 e ao Contrato nº 048/2023, celebrado entre a Prefeitura Municipal de Acari/RN e a empresa Engerip Construções e Serviços de Engenharia LTDA, cujo objeto é a “execução do projeto de iluminação do calçadão do acesso de Acari à comunidade Gargalheiras”.</t>
   </si>
   <si>
     <t>4796</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4796/oficio_no_009-2023_-_saude_estadual.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4796/oficio_no_009-2023_-_saude_estadual.pdf</t>
   </si>
   <si>
     <t>Cumprimentando-a cordialmente, venho solicitar que, dentro das possibilidades, o Hospital Regional de Caicó/RN seja adotado como referência para casos de ortopedia do município de Acari/RN.</t>
   </si>
   <si>
     <t>4797</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4797/oficio_no_010-2023_-_saude_estadual.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4797/oficio_no_010-2023_-_saude_estadual.pdf</t>
   </si>
   <si>
     <t>Solicito autorização e liberação da demanda de cirurgias eletivas para que sejam realizadas no Hospital Maternidade de Acari/RN.</t>
   </si>
   <si>
     <t>4802</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4802/oficio_no_011-2023_-_der.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4802/oficio_no_011-2023_-_der.pdf</t>
   </si>
   <si>
     <t>Serviço de pintura e sinalização da RN-288, no perímetro urbano do município de Acari (Ruas Cantídia Galvão, Maria Nunes, Tiradentes e Vicente de Moura).</t>
   </si>
   <si>
     <t>4803</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4803/oficio_no_012-2023_-_didi.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4803/oficio_no_012-2023_-_didi.pdf</t>
   </si>
   <si>
     <t>Serviço do roço da estrada que dá acesso a Serra da Lagoa Seca (Serra da TELERN).</t>
   </si>
   <si>
     <t>4804</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4804/oficio_no_013-2023_-_saude.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4804/oficio_no_013-2023_-_saude.pdf</t>
   </si>
   <si>
     <t>Piso Salarial dos Agentes Comunitários de Saúde</t>
   </si>
   <si>
     <t>4805</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4805/oficio_no_014-2023_-_paulinho_freire.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4805/oficio_no_014-2023_-_paulinho_freire.pdf</t>
   </si>
   <si>
     <t>Construção de uma Unidade Básica de Saúde no Bairro Luiz Gonzaga, no município de Acari/RN.</t>
   </si>
   <si>
     <t>4806</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4806/oficio_no_015-2023_-_paulinho_freire.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4806/oficio_no_015-2023_-_paulinho_freire.pdf</t>
   </si>
   <si>
     <t>Construção de uma Passagem Molhada na comunidade rural Saco dos Pereiras, no município de Acari/RN.</t>
   </si>
   <si>
     <t>4807</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4807/oficio_no_016-2023_-_paulinho_freire.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4807/oficio_no_016-2023_-_paulinho_freire.pdf</t>
   </si>
   <si>
     <t>Construção de poços artesianos na zona rural do município de Acari/RN.</t>
   </si>
   <si>
     <t>4808</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4808/oficio_no_017-2023_-_prefeito.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4808/oficio_no_017-2023_-_prefeito.pdf</t>
   </si>
   <si>
     <t>Solicito que o município disponibilize uma ambulância com equipe de saúde, para ficar na Basílica menor de Nossa Senhora da Guia durante às novenas.</t>
   </si>
   <si>
     <t>4809</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4809/oficio_no_018-2023_-_didi.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4809/oficio_no_018-2023_-_didi.pdf</t>
   </si>
   <si>
     <t>Serviço de poda das árvores na Vila do Povoado Gargalheiras.</t>
   </si>
   <si>
     <t>4829</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4829/oficio_no_019-2023_-_saude.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4829/oficio_no_019-2023_-_saude.pdf</t>
   </si>
   <si>
     <t>Informações sobre o pagamento do Piso da Enfermagem.</t>
   </si>
   <si>
     <t>4873</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4873/oficio_no_020-2023_-_servico_social.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4873/oficio_no_020-2023_-_servico_social.pdf</t>
   </si>
   <si>
     <t>Solicitar informações acerca do quantitativo de famílias aguardando à atualização do Bolsa Família.</t>
   </si>
   <si>
     <t>4874</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4874/oficio_no_021-2023_-_saude_estadual.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4874/oficio_no_021-2023_-_saude_estadual.pdf</t>
   </si>
   <si>
     <t>Cumprimentando-a cordialmente, venho solicitar a renovação do contrato no plano da prestação de serviço de cirurgias eletivas de média complexidade pelo Governo do Estado no âmbito do “Programa Mais Cirurgias, Mais Saúde” com o Hospital Maternidade de Acari/RN.</t>
   </si>
   <si>
     <t>4875</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4875/oficio_no_022-2023_-_saude_estadual.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4875/oficio_no_022-2023_-_saude_estadual.pdf</t>
   </si>
   <si>
     <t>4876</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4876/oficio_no_023-2023_-_francisco_do_pt.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4876/oficio_no_023-2023_-_francisco_do_pt.pdf</t>
   </si>
   <si>
     <t>Cumprimentando-o cordialmente, venho solicitar a destinação de recursos para a drenagem e pavimentação da Rua Joaquim José, localizada por trás do prédio da Câmara Municipal de Acari, no Bairro Centro.</t>
   </si>
   <si>
     <t>4939</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4939/oficio_no_024-2023_-_saude.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4939/oficio_no_024-2023_-_saude.pdf</t>
   </si>
   <si>
     <t>Venho solicitar a retificação do Edital de Processo Seletivo Simplificado nº 10/2023, para Técnico de Enfermagem, especificamente no item 2.3.3, pois de acordo com a atual redação, a experiência exigida é na área de “educação ou afins”, e não saúde. Solicito também que seja revisado o valor do vencimento, no Anexo I, considerando que o profissional tem direito ao Piso Salarial da categoria.</t>
   </si>
   <si>
     <t>4940</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4940/oficio_no_025-2023_-_arthur_hansen.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4940/oficio_no_025-2023_-_arthur_hansen.pdf</t>
   </si>
   <si>
     <t>Senhor Coordenador do Meio Ambiente. Cumprimentando-o cordialmente, venho solicitar esclarecimentos após denúncias relatando algumas situações envolvendo-o que ocorreram nos últimos dias.</t>
   </si>
   <si>
     <t>4941</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4941/oficio_no_026-2023_-_francisco_do_pt.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4941/oficio_no_026-2023_-_francisco_do_pt.pdf</t>
   </si>
   <si>
     <t>Venho solicitar a intervenção do Mandato de Vossa Excelência, com urgência, junto ao Governo do Estado para resolver a situação do pontilhão situado na RN-288, que liga os bairros Luiz Gonzaga e Dinarte Mariz (saída para Cruzeta/RN), em Acari/RN, tendo em vista que o mesmo está com uma das vias interditada em virtude do comprometimento da sua estrutura.</t>
   </si>
   <si>
     <t>4942</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4942/oficio_no_027-2023_-_semarh.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4942/oficio_no_027-2023_-_semarh.pdf</t>
   </si>
   <si>
     <t>Venho solicitar a perfuração de poços na comunidade rural Bico da Arara e nos povoados Gargalheiras e Bulhões, no município de Acari/RN, tendo em vista que as demais comunidades têm um número de famílias significativo que lá residem, como também a necessidade vêm de forma preventiva diante da negativa das futuras precipitações pluviométrica na nossa região para o ano vindouro, sendo constatada a grande atuação do fenômeno El Niño.</t>
   </si>
   <si>
     <t>4599</t>
   </si>
   <si>
     <t>ORRSS</t>
   </si>
   <si>
     <t>Ofícios Exp. do Gabinete da Vereador Ric</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4599/oficio_no_001-_2023_-_funasa.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4599/oficio_no_001-_2023_-_funasa.pdf</t>
   </si>
   <si>
     <t>Solicitação de perfuração e instalação de poços.</t>
   </si>
   <si>
     <t>4612</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4612/oficio_no_002-_2023_-_natalia.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4612/oficio_no_002-_2023_-_natalia.pdf</t>
   </si>
   <si>
     <t>Solicitação de equipamentos similares aos que foram incendiados criminalmente na Secretaria Municipal de Transportes e Obras do Município de Acari/RN.</t>
   </si>
   <si>
     <t>4613</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4613/oficio_no_003-_2023_-_joao_maia.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4613/oficio_no_003-_2023_-_joao_maia.pdf</t>
   </si>
   <si>
     <t>4614</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4614/oficio_no_004-_2023_-_benes.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4614/oficio_no_004-_2023_-_benes.pdf</t>
   </si>
   <si>
     <t>4615</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4615/oficio_no_005-_2023_-_robinson.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4615/oficio_no_005-_2023_-_robinson.pdf</t>
   </si>
   <si>
     <t>4616</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4616/oficio_no_006-_2023_-_mineiro.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4616/oficio_no_006-_2023_-_mineiro.pdf</t>
   </si>
   <si>
     <t>4617</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4617/oficio_no_007-_2023_-_girao.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4617/oficio_no_007-_2023_-_girao.pdf</t>
   </si>
   <si>
     <t>4618</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4618/oficio_no_008-_2023_-_sargento_goncalves.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4618/oficio_no_008-_2023_-_sargento_goncalves.pdf</t>
   </si>
   <si>
     <t>4619</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4619/oficio_no_009-_2023_-_paulinho_freire.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4619/oficio_no_009-_2023_-_paulinho_freire.pdf</t>
   </si>
   <si>
     <t>4651</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4651/oficio_no_010-_2023_-_pmrn.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4651/oficio_no_010-_2023_-_pmrn.pdf</t>
   </si>
   <si>
     <t>Solicitação de ronda nas escolas</t>
   </si>
   <si>
     <t>4810</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4810/oficio_no_011-_2023_-_cristiane_dantas.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4810/oficio_no_011-_2023_-_cristiane_dantas.pdf</t>
   </si>
   <si>
     <t>Apoio para implantação de parque infantil no povoado Gargalheiras.</t>
   </si>
   <si>
     <t>4811</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4811/oficio_no_012-_2023_-_cristiane_dantas.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4811/oficio_no_012-_2023_-_cristiane_dantas.pdf</t>
   </si>
   <si>
     <t>Implantação de alambrados na quadra de esportes do povoado Gargalheiras.</t>
   </si>
   <si>
     <t>4621</t>
   </si>
   <si>
     <t>ONRB</t>
   </si>
   <si>
     <t>Ofícios Exp. do Gabinete do Vereador Nenen</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4621/oficio_no_001-2023_-_sandra.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4621/oficio_no_001-2023_-_sandra.pdf</t>
   </si>
   <si>
     <t>Solicitar informações sobre o limite de participantes na Corrida Rústica da Emancipação Política do Município de Acari-RN, tendo em vista que o evento é reconhecido pelo gigantesco número de participantes.</t>
   </si>
   <si>
     <t>4654</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4654/oficio_no_002-2023_-_sandra.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4654/oficio_no_002-2023_-_sandra.pdf</t>
   </si>
   <si>
     <t>Venho através do presente, solicitar de Vossa Senhoria, que dentro das possibilidades, possa colocar coletoras nas seguintes ruas: rua 31 de março e rua 11 de abril, ambas no Bairro Padro José Dantas Cortês.</t>
   </si>
   <si>
     <t>4683</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4683/oficio_no_003-2023_-_ccj.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4683/oficio_no_003-2023_-_ccj.pdf</t>
   </si>
   <si>
     <t>Venho, através do presente, solicitar de Vossa Senhoria os motivos para a retirada da pauta da referida comissão, o Projeto de Lei nº 005/2023, de minha autoria, que “Institui o Programa CNH Popular no âmbito do Município de Acari/RN e dá outras providências”.</t>
   </si>
   <si>
     <t>4533</t>
   </si>
   <si>
     <t>ATO</t>
   </si>
   <si>
     <t>ATO DA PRESIDÊNCIA</t>
   </si>
   <si>
     <t>Paloma Vitória da Silva Baracho</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4533/publicacao_do_ato_da_presidencia_no_001-2023.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4533/publicacao_do_ato_da_presidencia_no_001-2023.pdf</t>
   </si>
   <si>
     <t>Constituir Comissão Especial, que funcionará desde o dia 02 de fevereiro de 2023 até a instituição das Comissões Permanentes, para elaborar pareceres sobre o PROJETO DE LEI COMPLEMENTAR Nº 001/2023 e o PROJETO DE LEI Nº 001/2023, ambos de iniciativa do Chefe do Poder Executivo Municipal, tendo em vista que se tratam de assuntos de relevância para o Município e necessitam ser apreciados em caráter de extrema urgência, tudo conforme o art. 118, III, do Regimento Interno e art. 25, caput, da Lei Orgânica Municipal.</t>
   </si>
   <si>
     <t>4635</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4635/ato_da_presidencia_no_002-2023.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4635/ato_da_presidencia_no_002-2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZAR o pagamento da Taxa de Licenciamento Anual 2022 e da Taxa de Bombeiros, no valor de R$ 90,00 (noventa reais) e R$ 25,00 (vinte e cinco reais), respectivamente, relativas ao veículo oficial da Câmara Municipal de Acari-RN, qual seja, VW/FOX CONNECT MB, Ano/Modelo 2019/2020, Placa QGP0F66/RN.</t>
   </si>
   <si>
     <t>4636</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4636/ato_da_presidencia_no_003-2023.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4636/ato_da_presidencia_no_003-2023.pdf</t>
   </si>
   <si>
     <t>SUSPENDER a Sessão Ordinária do dia 20 de março de 2023, que ocorreria às 19h (dezenove horas)</t>
   </si>
   <si>
     <t>4755</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4755/ato_da_presidencia_004_-_2023.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4755/ato_da_presidencia_004_-_2023.pdf</t>
   </si>
   <si>
     <t>Regulamentar no âmbito do Poder Legislativo Municipal, por meio deste ato, a Lei nº 12.527, de 18 de novembro  de 2011, estabelecendo procedimentos e outras providências correlatas a serem  observados para a realização de atividades de interesse, visando garantir o direito de acesso à informação.</t>
   </si>
   <si>
     <t>4756</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4756/protecao_de_dados_pessoais.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4756/protecao_de_dados_pessoais.pdf</t>
   </si>
   <si>
     <t>Regulamenta no âmbito do Poder Legislativo Municipal, por meio deste ato, a Lei nº 13.709, de 14 de agosto de 2018, estabelecendo competências, procedimentos e providências correlatas a serem observados, visando a proteção de dados pessoais.</t>
   </si>
   <si>
     <t>4569</t>
   </si>
   <si>
     <t>PLCPL</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar - Poder legislativo</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4569/projeto_de_lei_complementar_no_001-2023.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4569/projeto_de_lei_complementar_no_001-2023.pdf</t>
   </si>
   <si>
     <t>Altera o Anexo I da Lei Complementar nº 004/2018, e dá outras providências.</t>
   </si>
   <si>
     <t>4593</t>
   </si>
   <si>
     <t>REQCP</t>
   </si>
   <si>
     <t>Requerimento - Classe Plenário</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4593/requerimento_no_001-2023_ao_plenario_-_criacao_de_comissao_para_representar_a_cma_em_discussoes_hidricas.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4593/requerimento_no_001-2023_ao_plenario_-_criacao_de_comissao_para_representar_a_cma_em_discussoes_hidricas.pdf</t>
   </si>
   <si>
     <t>4642</t>
   </si>
   <si>
     <t>MAPE</t>
   </si>
   <si>
     <t>Mensagem anual do Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4642/mensagem_anual_2022_cma_3_-_27_de_fev_de_23.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4642/mensagem_anual_2022_cma_3_-_27_de_fev_de_23.pdf</t>
   </si>
   <si>
     <t>Mensagem anual do Poder Executivo do ano de 2023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -4879,67 +4879,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4568/ata_da_reuniao_de_16-02.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4567/ata_da_1a_reuniao_extraordinaria_do_1o_periodo_de_2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4539/ata_da_1a_reuniao_do_1o_periodo_de_2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4566/ata_da_2a_reuniao_do_1o_periodo_de_2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4734/ata_da_3a_reuniao_do_1o_periodo_de_2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4735/ata_da_4a_reuniao_do_1o_periodo_de_2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4736/ata_da_5a_reuniao_do_1o_periodo_de_2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4737/ata_da_6a_reuniao_do_1o_periodo_de_2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4738/ata_da_7a_reuniao_do_1o_periodo_de_2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4739/ata_da_8a_reuniao_do_1o_periodo_de_2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4740/ata_da_9a_reuniao_do_1o_periodo_de_2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4741/ata_da_10a_reuniao_do_1o_periodo_de_2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4742/ata_da_11a_reuniao_do_1o_periodo_de_2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4743/ata_da_12a_reuniao_do_1o_periodo_de_2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4744/ata_da_13a_reuniao_do_1o_periodo_de_2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/5722/ata_da_14a_reuniao_do_1o_periodo_de_2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/5723/ata_da_15a_reuniao_do_1o_periodo_de_2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/5724/ata_da_16a_reuniao_do_1o_periodo_de_2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/5725/ata_da_17a_reuniao_do_1o_periodo_de_2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/5726/ata_da_18a_reuniao_do_1o_periodo_de_2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/5727/ata_da_19a_reuniao_do_1o_periodo_de_2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4516/decreto_no_001-2023_-_expediente_no_recesso.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4565/decreto_no_002-2023_-_ponto_facultativo.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4637/decreto_no_003-2023_-_suspensao_de_expediente.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4638/decreto_no_004-2023_-_ponto_facultativo.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4696/decreto_no_005-2023_-_comenda_dos_desportistas.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4697/decreto_no_006-2023_-_ponto_facultativo.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4693/emenda_aditiva_no_001-2023_-_pe_-_centro_historico.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4694/emenda_aditiva_no_002-2023_-_pe_-_centro_historico.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4695/emenda_aditiva_no_003-2023_-_pe_-_centro_historico.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4710/emenda_aditiva_no_004-2023_-_pe_-_centro_historico.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4711/emenda_aditiva_no_005-2023_-_pe_-_centro_historico.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4712/emenda_aditiva_no_006-2023_-_pe_-_centro_historico.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4838/emenda_aditiva_no_008-2023_-_pe_-_piso_nacional_da_enfermagem.doc.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4536/indicacao_no_001-2023-zrs.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4537/indicacao_no_002-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4546/indicacao_no_003-2023-mad.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4547/indicacao_no_004-2023-mad.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4548/indicacao_no_005-2023-jrl.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4549/indicacao_no_006-2023-jrl.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4550/indicacao_no_007-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4551/indicacao_no_008-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4571/indicacao_no_009-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4572/indicacao_no_010-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4573/indicacao_no_011-2023-zrs.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4578/indicacao_no_012-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4579/indicacao_no_013-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4590/indicacao_no_014-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4591/indicacao_no_015-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4602/indicacao_no_016-2023-jes.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4603/indicacao_no_017-2023-zrs.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4604/indicacao_no_018-2023-nrb.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4608/indicacao_no_019-2023-mad.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4633/indicacao_no_020-2023-nrb.docx_1.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4634/indicacao_no_021-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4659/indicacao_no_022-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4660/indicacao_no_023-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4661/indicacao_no_024-2023-rbba.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4662/indicacao_no_025-2023-nrb.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4663/indicacao_no_026-2023-nrb.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4664/indicacao_no_027-2023-rbba.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4665/indicacao_no_028-2023-rbba.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4666/indicacao_no_029-2023-nrb.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4667/indicacao_no_030-2023-zrs.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4672/indicacao_no_031-2023-jes.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4673/indicacao_no_032-2023-rbba.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4674/indicacao_no_033-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4675/indicacao_no_034-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4676/indicacao_no_035-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4677/indicacao_no_036-2023-coletiva.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4688/indicacao_no_037-2023-rrss.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4689/indicacao_no_038-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4709/indicacao_no_039-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4730/indicacao_no_040-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4731/indicacao_no_041-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4732/indicacao_no_042-2023-pvsb.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4745/indicacao_no_043-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4746/indicacao_no_044-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4751/indicacao_no_045-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4753/indicacao_no_046-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4754/indicacao_no_047-2023-rrss.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4757/indicacao_no_048-2023-coletiva.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4800/indicacao_no_049-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4801/indicacao_no_050-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4819/indicacao_no_051-2023-rbba.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4820/indicacao_no_052-2023-zrs.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4821/indicacao_no_053-2023-mad.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4822/indicacao_no_054-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4833/indicacao_no_055-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4834/indicacao_no_056-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4836/indicacao_no_057-2023-rbba.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4837/indicacao_no_058-2023-rbba.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4840/indicacao_no_059-2023-jes.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4841/indicacao_no_060-2023-zrs.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4842/indicacao_no_061-2023-zrs.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4846/indicacao_no_062-2023-pvsb.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4847/indicacao_no_063-2023-jes.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4848/indicacao_no_064-2023-jes.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4849/indicacao_no_065-2023-jes.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4850/indicacao_no_066-2023-zrs.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4851/indicacao_no_067-2023-zrs.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4852/indicacao_no_068-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4853/indicacao_no_069-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4854/indicacao_no_070-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4867/indicacao_no_071-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4868/indicacao_no_072-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4869/indicacao_no_073-2023-pvsb.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4891/indicacao_no_074-2023-jes.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4892/indicacao_no_075-2023-jes.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4893/indicacao_no_076-2023-jes.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4894/indicacao_no_077-2023-rbba.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4895/indicacao_no_078-2023-rbba.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4896/indicacao_no_079-2023-rbba.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4898/indicacao_no_080-2023-rrss.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4899/indicacao_no_081-2023-jes.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4901/indicacao_no_082-2023-rbba.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4902/indicacao_no_083-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4903/indicacao_no_084-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4904/indicacao_no_085-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4905/indicacao_no_086-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4910/indicacao_no_087-2023-pvsb.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4912/indicacao_no_088-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4913/indicacao_no_089-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4914/indicacao_no_090-2023-zrs.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4915/indicacao_no_091-2023-pvsb.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4916/indicacao_no_092-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4917/indicacao_no_093-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4918/indicacao_no_094-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4576/oficio_no_001-2023_-_uern.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4577/oficio_no_002-2023-_desenvolvimento_regional.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4655/oficio_no_003-2023_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4656/oficio_no_004-2023_-_saude.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4681/oficio_no_005-2023_-_caern_comissao.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4682/oficio_no_006-2023_-_caern_comissao.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4713/oficio_no_007-2023-_desenvolvimento_regional.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4784/oficio_no_008-2023_-_caern.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4785/oficio_no_009-2023-_der.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4786/oficio_no_010-2023_-_ezequiel.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4787/oficio_no_011-2023_-_styvenson.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4930/oficio_no_012-2023_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4931/oficio_no_013-2023_-_caern_regional.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4932/oficio_no_014-2023_-_ezequiel.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4933/oficio_no_015-2023_-_caern_regional.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4560/oficio_no_001-2023_-_policia.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4715/oficio_no_002-2023_-_saude.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4716/oficio_no_003-2023_-_ezequiel.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4717/oficio_no_004-2023_-_hermano.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4789/oficio_no_005-2023_-_policia.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4790/oficio_no_006-2023_-_ezequiel.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4525/oficio_no_001_2023_-_presidencia.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4714/oficio_no_002_2023_-_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4506/oficio_no_001-2023_-_bb.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4507/oficio_no_002-2023_-_itep.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4508/oficio_no_003-2023_-_rafael.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4509/oficio_no_004-2023_-_caixa.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4510/oficio_no_005-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4511/oficio_no_006-2023_-_prefeito_-_balancetes.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4512/oficio_no_007-2023_-_bb.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4513/oficio_no_008-2023_-_cef.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4514/oficio_no_009-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4515/oficio_no_010-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4530/oficio_no_011-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4534/oficio_no_012-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4540/oficio_no_013-2023_-_rogerio_marinho.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4561/oficio_no_014-2023_-_conselho_de_turismo.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4562/oficio_no_015-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4563/oficio_no_016-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4564/oficio_no_017-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4583/oficio_no_018-2023_-_itep-assinado.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4584/oficio_no_019-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4585/oficio_no_020-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4586/oficio_no_021-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4587/oficio_no_022-2023_-_diretora_contabil.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4588/oficio_no_023-2023_-_diretora_contabil.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4594/oficio_no_024-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4595/oficio_no_025-2023_-_agilli.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4596/oficio_no_026-2023_-_procurador_adjunto.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4597/oficio_no_027-2023_-_jose_rivaldo.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4598/oficio_no_028-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4622/oficio_no_029-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4623/oficio_no_030-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4624/oficio_no_031-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4625/oficio_no_032-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4626/oficio_no_033-2023_-_agilli.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4627/oficio_no_034-2023_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4639/oficio_no_035-2023_-_justica.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4640/oficio_no_036-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4641/oficio_no_037-2023_-_zenaide.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4643/oficio_no_038-2023_-_styvenson.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4644/oficio_no_039-2023_-_robinson.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4645/oficio_no_040-2023_-_mineiro.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4646/oficio_no_041-2023_-_natalia_bonavides.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4647/oficio_no_042-2023_-_sgto_goncalves.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4648/oficio_no_043-2023_-_paulinho_freire.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4649/oficio_no_044-2023_-_vicentinho.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4650/oficio_no_045-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4698/oficio_no_046-2023_-_tce.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4699/oficio_no_047-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4700/oficio_no_048-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4701/oficio_no_049-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4702/oficio_no_050-2023_-_itep.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4703/oficio_no_051-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4704/oficio_no_052-2023_-_adriano_campelo.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4705/oficio_no_053-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4706/oficio_no_054-2023_-_itep.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4707/oficio_no_055-2023_-_adriano_campelo.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4708/oficio_no_056-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4758/oficio_no_057-2023_-_secretaria_de_desenvolvimento.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4759/oficio_no_058-2023_-_secretaria_de_desenvolvimento.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4762/oficio_no_059-2023_-_itep.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4760/oficio_no_060-2023_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4763/oficio_no_061-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4761/oficio_no_062-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4764/oficio_no_063-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4765/oficio_no_064-2023_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4766/oficio_no_065-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4767/oficio_no_066-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4768/oficio_no_067-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4769/oficio_no_068-2023_-_interlegis.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4770/oficio_no_069-2023_-_itep.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4771/oficio_no_070-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4772/oficio_no_071-2023_-_abrigo.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4773/oficio_no_072-2023_-_eedjgm.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4774/oficio_no_073-2022_-_prefeito_-_orcamento.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4826/oficio_no_074-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4827/oficio_no_075-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4828/oficio_no_076-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4877/oficio_no_077-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4878/oficio_no_078-2023_-_cosern.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4879/oficio_no_079-2023_-_itep.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4880/oficio_no_080-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4881/oficio_no_081-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4882/oficio_no_082-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4883/oficio_no_084-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4884/oficio_no_085-2023_-_itep.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4885/oficio_no_086-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4886/oficio_no_087-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4887/oficio_no_088-2023_-_itep.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4888/oficio_no_089-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4526/oficio_no_001-2023_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4527/oficio_no_002-2023_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4528/oficio_no_003-2023_-_saude.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4556/oficio_no_004-2023_-_mprn.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4557/oficio_no_005-2023_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4558/oficio_no_006-2023_-_caern.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4559/oficio_no_007-2023_-_caern.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4574/oficio_no_008-2023_-_agricultura.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4575/oficio_no_009-2023_-_sandra.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4610/oficio_no_010-2023_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4611/oficio_no_011-2023_-_caern.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4678/oficio_no_012-2023_-_caern.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4679/oficio_no_013-2023_-_prefeito2.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4680/oficio_no_014-2023_-_administracao.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4726/oficio_no_015-2023_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4727/oficio_no_016-2023_-_servicos_urbanos.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4728/oficio_no_017-2023_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4729/oficio_no_018-2023_-_administracao.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4812/oficio_no_019-2023_-_caern.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4813/oficio_no_020-2023_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4814/oficio_no_021-2023_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4815/oficio_no_022-2023_-_servicos_urbanos.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4816/oficio_no_023-2023_-_agricultura.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4817/oficio_no_024-2023_-_assessor_de_projeto.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4818/oficio_no_025-2023_-_administracao.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4830/oficio_no_026-2023_-_ubaldo.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4831/oficio_no_027-2023_-_ubaldo.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4832/oficio_no_028-2023_-_ubaldo.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4862/oficio_no_029-2023_-_agricultura.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4863/oficio_no_030-2023_-_agricultura.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4864/oficio_no_031-2023_-_caern.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4865/oficio_no_032-2023_-_administracao.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4866/oficio_no_033-2023_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4943/oficio_no_034-2023_-_caern.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4944/oficio_no_035-2023_-_ubaldo.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4945/oficio_no_036-2023_-_agricultura.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4946/oficio_no_037-2023_-_administracao.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4947/oficio_no_038-2023_-_servicos_urbanos.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4948/oficio_no_039-2023_-_diogo.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4949/oficio_no_040-2023_-_der.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4517/portaria_no_001-2023_-_ferias_de_icaro.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4518/portaria_no_002-2023_-_exoneracao_de_debora.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4519/portaria_no_003-2023_-_nomeacao_de_bruna.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4520/portaria_no_004-2023_-_exoneracao_de_luana.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4521/portaria_no_005-2023_-_exoneracao_de_janio.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4522/portaria_no_006-2023_-_nomeacao_de_janio.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4523/portaria_no_007-2023_-_cpl.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4524/portaria_no_008-2023_-_fiscal_de_contratos.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4529/portaria_no_009-2023_-_nomeacao_de_cristovao.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4589/portaria_no_010-2023_-_ferias_de_lisangela.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4775/portaria_no_011-2023_-_ferias_de_elvira.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4776/portaria_no_012-2023_-_ferias_de_romeu.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4777/portaria_no_013-2023_-_ferias_de_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4778/portaria_no_014-2023_-_ferias_de_lidiane.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4779/portaria_no_015-2023_-_designacao_do_encarregado.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4780/portaria_no_016-2023_-_expediente_no_recesso.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/5338/portaria_no_017-2023_-_ferias_de_evelyne.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4781/projeto_de_decreto_no_001-2023_-_denomina_comenda_do_merito_desportivo.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4531/projeto-de-lei-complementar-no-001---refis---acari-2023.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4581/projeto_de_lei_complementar_no_002_2023_-_reestruturacao_organizacional_administrativa_de_acari.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4582/prb8fd1.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4908/plc_altera_lc-14-22.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4532/projeto_de_lei_no_001_-_fica_instituida_a_indenizacao_para_desligamento_voluntario_-_idv_dos_servidores_publicos_do_municipio_de_acari-rn.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4541/projeto_de_lei_no_002_de_30_de_janeiro_de_2023_-_dispoe_sobre_a_criacao_e_regulamentacao_do_servico_de_inspecao_municipal_de_produtos_de_origem_animal_-_simpoa.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4552/projeto_de_lei_no_003_-_fica_o_municipio_de_acari_autorizado_a_efetivar_pintura_nas_fachadas_das_residencias_existentes_na_rua_principal_do_povoado_gargalheiras.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4553/projeto_de_lei_no_004_de_10_de_fevereiro_de_2023_-_reajuste_salarial_magisterio_2023_-_versao_final.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4554/projeto_de_lei_no_005_-_formacao_de_convenio_com_a_policia_mirim.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4555/projeto_de_lei_no_006_-_formacao_de_convenio_com_a_filarmonica.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4628/projeto_de_lei_no_007_-_autoriza_o_poder_executivo_municipal_a_conceder_auxilio_financeiro.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4629/projeto_de_lei_no_008_-_cria_a_gratificacao_de_produtividade_para_os_agentes_da_vigilancia_sanitaria.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4630/projeto_de_lei_no_009_-_ldo_2024.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4657/projeto_de_lei_no_10_-_credito_especial..pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4691/pr149e1.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4692/projeto_de_lei_no_12_-_credito_especial_-_transferencia_especial.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4747/projeto_de_lei_no_13_2023_-_credito_especial__-_lei_paulo_gustavo.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4748/projeto_de_lei_no_14_2023_-_credito_especial__-_veiculo_sec_desenv._economico.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4749/projeto_de_lei_no_15_2023_-_credito_especial_-_transferencia_especial.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4750/projeto_de_lei_-_credito_especial_-_transferencia_especial_-_acari_cidade_iluminada_1.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4752/projeto_de_lei_no_17-2023__-_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4783/projeto_de_lei_no_18_-_doacao_-_terreno_empresa_neo_marmores_e_granitos_eireli.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4823/00_-_projeto_lei_orcamento_2024_pma.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4835/projeto_de_lei_no_20_-_autoriza_o_poder_executivo_a_transferir_a_complementacao_da_assistencia_financeira_para_o_piso_dos_profissionais_da__enfermagem.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4870/projeto_de_lei_no_21_-_sim_municipal_-_cim_serido_final.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4871/projeto_de_lei_no_22_-dispoe_sobre_o_procedimento_para_a_instalacao_de_infraestrutura_de_suporte_para_estacao_transmissora_de_radiocomunicacao_-_etr.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4872/projeto_23.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4900/projeto_de_lei_no_24_-_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4911/projeto_de_lei_no_25_-_institui_a_semana_municipal_de_prevencao_ao_uso_de_drogas_e_conscientizacao_da_juventude_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4921/projeto_de_lei_no_26_-_autoriza_ao_poder_executivo_municipal_a_abrir_credito_adicional_especial_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4922/projeto_de_lei_no_027-2023_-_pe.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4923/projeto_de_lei_no_028-2023_-_pe.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4580/projeto_de_lei_no_001-2023_-_semana_de_combate_a_violencia_contra_a_mulher.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4592/projeto_de_lei_no_002-2023_-_semana_municipal_de_conscientizacao_do_autismo.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4601/projeto_de_lei_no_003-2023_-_data_da_emancipacao_politica_de_acari.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4605/projeto_de_lei_no_004-2023_-_denomina_logradouro_publico.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4606/projeto_de_lei_no_005-2023_-_cnh_popular.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4607/projeto_de_lei_no_006-2023_-_denominacao_de_ruas.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4631/projeto_de_lei_no_007-2023_-_denomina_brinquedoteca.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4632/projeto_de_lei_no_008-2023_-_denomina_projeto_saude_em_movimento.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4658/projeto_de_lei_no_009-2023_-_denomina_o_cras_de_acari.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4782/projeto_de_lei_no_10-2023_-_regulamenta_a_contratacao_de_artistas_no_periodo_junino.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4798/projeto_de_lei_no_11-2023_-_reconhece_o_cemiterio_do_inga_como_patrimonio_historico_de_acari.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4799/projeto_de_lei_no_012-2023_-_renomeia_logradouro_publico_-_dona_tum.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4824/projeto_de_lei_no_013-2023_-_revoga_lei.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4825/projeto_de_lei_no_014-2023_-_denomina_a_feira_livre_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4843/projeto_de_lei_no_015-2023_-_equiparacao_dos_portadores_de_doencas_renais_cronicas_a_pcd.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4844/projeto_de_lei_no_016-2023_-_nomeacao_do_bairro_cardeal_dom_eugenio.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4855/projeto_de_lei_no_017-2023_-_reducao_da_reserva_de_faixa_nao_edificavel.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4889/projeto_de_lei_no_018-2023_-_denomina_anexo_da_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4890/projeto_de_lei_no_019-2023_-_denomina_praca.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4906/projeto_de_lei_no_020-2023_-_reconhece_associacao_como_de_utilidade_publica.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4907/projeto_de_lei_no_021-2023_-_hipoteses_de_proibicao_de_suspensao_de_energia_e_agua.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4920/projeto_de_lei_no_022-2023_-_denomina_logradouro_publico.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4544/projeto_de_resolucao_no_001-2023_-_regulamentacao_do_emprestimo_consignado.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4545/projeto_de_resolucao_no_002-2023_-escola_do_legislativo.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4570/projeto_de_resolucao_no_003-2023_-_atualizacao_dos_valores_das_diarias.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4669/projeto_de_resolucao_no_004-2023_-_regulamenta_o_agente_de_contratacao_e_outros.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4670/projeto_de_resolucao_no_005-2023_-_regulamenta_a_dispensa_de_licitacao.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4671/projeto_de_resolucao_no_006-2023_-_regulamenta_a_pesquisa_de_precos.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4733/projeto_de_resolucao_no_007-2023_-_altera_quadro_de_detalhamento_de_despesas.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4845/projeto_de_resolucao_no_008-2023_-_altera_quadro_de_detalhamento_de_despesas.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4535/requerimento_no_001-2023_-_sessao_extraordinaria_durante_o_recesso.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4609/requerimento_no_002-2023_ao_plenario_-_criacao_de_comissao_para_representar_a_cma_em_discussoes_hidricas.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4668/requerimento_no_003-2023_-_implantacao_do_piso_salarial_dos_profissionais_de_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4690/requerimento_no_004-2023_-_solicitacao_de_informacoes.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4839/requerimento_no_005-2023_-_urgencia_especial.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4897/requerimento_no_006-2022_-_rafael.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4919/requerimento_no_007-2023_-_rafael.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/5131/resolucao_no_001-2023_-_regulamentacao_do_emprestimo_consignado.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/5132/resolucao_no_002-2023_-_escola_do_legislativo.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/5133/resolucao_no_003-2023_-_atualizacao_dos_valores_das_diarias.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/5134/resolucao_no_004-2023_-_altera_o_quadro_de_detalhamento_de_despesas.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/5135/resolucao_no_005-2023_-_regulamenta_o_agente_de_contratacao_e_outros.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/5136/resolucao_no_006-2023_-_regulamenta_a_dispensa_de_licitacao.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/5137/resolucao_no_007-2023_-_regulamenta_a_pesquisa_de_precos.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/5138/resolucao_no_008-2023_-_altera_quadro_de_detalhamento_de_despesas.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4652/oficio_no_001-2023_-_sandra.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4653/oficio_no_002-2023_-_sandra.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4684/oficio_no_003-2023_-_elizeu_ginasio.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4718/oficio_no_004-2023_-_saude.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4719/oficio_no_005-2023_-_contadora_pma.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4720/oficio_no_006-2023_-_caern.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4721/oficio_no_007-2023_-_terezinha_maia.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4722/oficio_no_008-2023_-_terezinha_maia.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4723/oficio_no_009-2023_-_servicos_urbanos.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4724/oficio_no_010-2023_-_servicos_urbanos.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4791/oficio_no_011-2023_-_terezinha_maia.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4792/oficio_no_012-2023_-_terezinha_maia.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4793/oficio_no_013-2023_-_saude.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4856/oficio_no_014-2023_-_servicos_urbanos.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4857/oficio_no_015-2023_-_agricultura.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4858/oficio_no_016-2023_-_adm.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4859/oficio_no_017-2023_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4860/oficio_no_018-2023_-_turismo.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4861/oficio_no_019-2023_-_servico_social.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4935/oficio_no_020-2023_-_projetos_especiais.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4936/oficio_no_021-2023_-_sandra.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4937/oficio_no_022-2023_-_sandra.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4938/oficio_no_023-2023_-_defensoria_publica.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4788/oficio_no_001-2023_-_terezinha_maia.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4934/oficio_no_002-2023.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4600/oficio_no_001-2023_-_saude.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4620/oficio_no_002-2023_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4685/oficio_no_003-2023_-_cdl.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4686/oficio_no_004-2023_-_psicologa.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4687/oficio_no_005-2023_-_administracao.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4725/oficio_no_006-2023_-_gabinete.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4794/oficio_no_007-2023_-_saude.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4795/oficio_no_008-2023_-_gabinete.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4796/oficio_no_009-2023_-_saude_estadual.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4797/oficio_no_010-2023_-_saude_estadual.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4802/oficio_no_011-2023_-_der.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4803/oficio_no_012-2023_-_didi.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4804/oficio_no_013-2023_-_saude.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4805/oficio_no_014-2023_-_paulinho_freire.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4806/oficio_no_015-2023_-_paulinho_freire.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4807/oficio_no_016-2023_-_paulinho_freire.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4808/oficio_no_017-2023_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4809/oficio_no_018-2023_-_didi.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4829/oficio_no_019-2023_-_saude.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4873/oficio_no_020-2023_-_servico_social.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4874/oficio_no_021-2023_-_saude_estadual.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4875/oficio_no_022-2023_-_saude_estadual.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4876/oficio_no_023-2023_-_francisco_do_pt.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4939/oficio_no_024-2023_-_saude.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4940/oficio_no_025-2023_-_arthur_hansen.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4941/oficio_no_026-2023_-_francisco_do_pt.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4942/oficio_no_027-2023_-_semarh.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4599/oficio_no_001-_2023_-_funasa.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4612/oficio_no_002-_2023_-_natalia.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4613/oficio_no_003-_2023_-_joao_maia.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4614/oficio_no_004-_2023_-_benes.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4615/oficio_no_005-_2023_-_robinson.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4616/oficio_no_006-_2023_-_mineiro.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4617/oficio_no_007-_2023_-_girao.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4618/oficio_no_008-_2023_-_sargento_goncalves.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4619/oficio_no_009-_2023_-_paulinho_freire.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4651/oficio_no_010-_2023_-_pmrn.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4810/oficio_no_011-_2023_-_cristiane_dantas.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4811/oficio_no_012-_2023_-_cristiane_dantas.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4621/oficio_no_001-2023_-_sandra.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4654/oficio_no_002-2023_-_sandra.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4683/oficio_no_003-2023_-_ccj.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4533/publicacao_do_ato_da_presidencia_no_001-2023.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4635/ato_da_presidencia_no_002-2023.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4636/ato_da_presidencia_no_003-2023.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4755/ato_da_presidencia_004_-_2023.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4756/protecao_de_dados_pessoais.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4569/projeto_de_lei_complementar_no_001-2023.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4593/requerimento_no_001-2023_ao_plenario_-_criacao_de_comissao_para_representar_a_cma_em_discussoes_hidricas.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4642/mensagem_anual_2022_cma_3_-_27_de_fev_de_23.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4568/ata_da_reuniao_de_16-02.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4567/ata_da_1a_reuniao_extraordinaria_do_1o_periodo_de_2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4539/ata_da_1a_reuniao_do_1o_periodo_de_2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4566/ata_da_2a_reuniao_do_1o_periodo_de_2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4734/ata_da_3a_reuniao_do_1o_periodo_de_2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4735/ata_da_4a_reuniao_do_1o_periodo_de_2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4736/ata_da_5a_reuniao_do_1o_periodo_de_2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4737/ata_da_6a_reuniao_do_1o_periodo_de_2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4738/ata_da_7a_reuniao_do_1o_periodo_de_2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4739/ata_da_8a_reuniao_do_1o_periodo_de_2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4740/ata_da_9a_reuniao_do_1o_periodo_de_2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4741/ata_da_10a_reuniao_do_1o_periodo_de_2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4742/ata_da_11a_reuniao_do_1o_periodo_de_2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4743/ata_da_12a_reuniao_do_1o_periodo_de_2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4744/ata_da_13a_reuniao_do_1o_periodo_de_2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/5722/ata_da_14a_reuniao_do_1o_periodo_de_2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/5723/ata_da_15a_reuniao_do_1o_periodo_de_2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/5724/ata_da_16a_reuniao_do_1o_periodo_de_2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/5725/ata_da_17a_reuniao_do_1o_periodo_de_2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/5726/ata_da_18a_reuniao_do_1o_periodo_de_2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/5727/ata_da_19a_reuniao_do_1o_periodo_de_2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4516/decreto_no_001-2023_-_expediente_no_recesso.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4565/decreto_no_002-2023_-_ponto_facultativo.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4637/decreto_no_003-2023_-_suspensao_de_expediente.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4638/decreto_no_004-2023_-_ponto_facultativo.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4696/decreto_no_005-2023_-_comenda_dos_desportistas.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4697/decreto_no_006-2023_-_ponto_facultativo.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4693/emenda_aditiva_no_001-2023_-_pe_-_centro_historico.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4694/emenda_aditiva_no_002-2023_-_pe_-_centro_historico.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4695/emenda_aditiva_no_003-2023_-_pe_-_centro_historico.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4710/emenda_aditiva_no_004-2023_-_pe_-_centro_historico.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4711/emenda_aditiva_no_005-2023_-_pe_-_centro_historico.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4712/emenda_aditiva_no_006-2023_-_pe_-_centro_historico.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4838/emenda_aditiva_no_008-2023_-_pe_-_piso_nacional_da_enfermagem.doc.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4536/indicacao_no_001-2023-zrs.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4537/indicacao_no_002-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4546/indicacao_no_003-2023-mad.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4547/indicacao_no_004-2023-mad.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4548/indicacao_no_005-2023-jrl.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4549/indicacao_no_006-2023-jrl.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4550/indicacao_no_007-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4551/indicacao_no_008-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4571/indicacao_no_009-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4572/indicacao_no_010-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4573/indicacao_no_011-2023-zrs.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4578/indicacao_no_012-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4579/indicacao_no_013-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4590/indicacao_no_014-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4591/indicacao_no_015-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4602/indicacao_no_016-2023-jes.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4603/indicacao_no_017-2023-zrs.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4604/indicacao_no_018-2023-nrb.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4608/indicacao_no_019-2023-mad.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4633/indicacao_no_020-2023-nrb.docx_1.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4634/indicacao_no_021-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4659/indicacao_no_022-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4660/indicacao_no_023-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4661/indicacao_no_024-2023-rbba.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4662/indicacao_no_025-2023-nrb.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4663/indicacao_no_026-2023-nrb.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4664/indicacao_no_027-2023-rbba.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4665/indicacao_no_028-2023-rbba.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4666/indicacao_no_029-2023-nrb.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4667/indicacao_no_030-2023-zrs.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4672/indicacao_no_031-2023-jes.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4673/indicacao_no_032-2023-rbba.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4674/indicacao_no_033-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4675/indicacao_no_034-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4676/indicacao_no_035-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4677/indicacao_no_036-2023-coletiva.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4688/indicacao_no_037-2023-rrss.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4689/indicacao_no_038-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4709/indicacao_no_039-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4730/indicacao_no_040-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4731/indicacao_no_041-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4732/indicacao_no_042-2023-pvsb.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4745/indicacao_no_043-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4746/indicacao_no_044-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4751/indicacao_no_045-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4753/indicacao_no_046-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4754/indicacao_no_047-2023-rrss.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4757/indicacao_no_048-2023-coletiva.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4800/indicacao_no_049-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4801/indicacao_no_050-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4819/indicacao_no_051-2023-rbba.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4820/indicacao_no_052-2023-zrs.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4821/indicacao_no_053-2023-mad.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4822/indicacao_no_054-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4833/indicacao_no_055-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4834/indicacao_no_056-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4836/indicacao_no_057-2023-rbba.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4837/indicacao_no_058-2023-rbba.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4840/indicacao_no_059-2023-jes.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4841/indicacao_no_060-2023-zrs.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4842/indicacao_no_061-2023-zrs.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4846/indicacao_no_062-2023-pvsb.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4847/indicacao_no_063-2023-jes.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4848/indicacao_no_064-2023-jes.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4849/indicacao_no_065-2023-jes.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4850/indicacao_no_066-2023-zrs.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4851/indicacao_no_067-2023-zrs.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4852/indicacao_no_068-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4853/indicacao_no_069-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4854/indicacao_no_070-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4867/indicacao_no_071-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4868/indicacao_no_072-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4869/indicacao_no_073-2023-pvsb.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4891/indicacao_no_074-2023-jes.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4892/indicacao_no_075-2023-jes.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4893/indicacao_no_076-2023-jes.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4894/indicacao_no_077-2023-rbba.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4895/indicacao_no_078-2023-rbba.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4896/indicacao_no_079-2023-rbba.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4898/indicacao_no_080-2023-rrss.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4899/indicacao_no_081-2023-jes.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4901/indicacao_no_082-2023-rbba.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4902/indicacao_no_083-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4903/indicacao_no_084-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4904/indicacao_no_085-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4905/indicacao_no_086-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4910/indicacao_no_087-2023-pvsb.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4912/indicacao_no_088-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4913/indicacao_no_089-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4914/indicacao_no_090-2023-zrs.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4915/indicacao_no_091-2023-pvsb.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4916/indicacao_no_092-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4917/indicacao_no_093-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4918/indicacao_no_094-2023-asmc.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4576/oficio_no_001-2023_-_uern.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4577/oficio_no_002-2023-_desenvolvimento_regional.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4655/oficio_no_003-2023_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4656/oficio_no_004-2023_-_saude.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4681/oficio_no_005-2023_-_caern_comissao.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4682/oficio_no_006-2023_-_caern_comissao.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4713/oficio_no_007-2023-_desenvolvimento_regional.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4784/oficio_no_008-2023_-_caern.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4785/oficio_no_009-2023-_der.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4786/oficio_no_010-2023_-_ezequiel.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4787/oficio_no_011-2023_-_styvenson.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4930/oficio_no_012-2023_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4931/oficio_no_013-2023_-_caern_regional.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4932/oficio_no_014-2023_-_ezequiel.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4933/oficio_no_015-2023_-_caern_regional.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4560/oficio_no_001-2023_-_policia.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4715/oficio_no_002-2023_-_saude.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4716/oficio_no_003-2023_-_ezequiel.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4717/oficio_no_004-2023_-_hermano.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4789/oficio_no_005-2023_-_policia.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4790/oficio_no_006-2023_-_ezequiel.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4525/oficio_no_001_2023_-_presidencia.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4714/oficio_no_002_2023_-_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4506/oficio_no_001-2023_-_bb.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4507/oficio_no_002-2023_-_itep.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4508/oficio_no_003-2023_-_rafael.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4509/oficio_no_004-2023_-_caixa.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4510/oficio_no_005-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4511/oficio_no_006-2023_-_prefeito_-_balancetes.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4512/oficio_no_007-2023_-_bb.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4513/oficio_no_008-2023_-_cef.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4514/oficio_no_009-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4515/oficio_no_010-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4530/oficio_no_011-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4534/oficio_no_012-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4540/oficio_no_013-2023_-_rogerio_marinho.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4561/oficio_no_014-2023_-_conselho_de_turismo.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4562/oficio_no_015-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4563/oficio_no_016-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4564/oficio_no_017-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4583/oficio_no_018-2023_-_itep-assinado.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4584/oficio_no_019-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4585/oficio_no_020-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4586/oficio_no_021-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4587/oficio_no_022-2023_-_diretora_contabil.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4588/oficio_no_023-2023_-_diretora_contabil.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4594/oficio_no_024-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4595/oficio_no_025-2023_-_agilli.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4596/oficio_no_026-2023_-_procurador_adjunto.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4597/oficio_no_027-2023_-_jose_rivaldo.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4598/oficio_no_028-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4622/oficio_no_029-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4623/oficio_no_030-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4624/oficio_no_031-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4625/oficio_no_032-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4626/oficio_no_033-2023_-_agilli.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4627/oficio_no_034-2023_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4639/oficio_no_035-2023_-_justica.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4640/oficio_no_036-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4641/oficio_no_037-2023_-_zenaide.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4643/oficio_no_038-2023_-_styvenson.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4644/oficio_no_039-2023_-_robinson.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4645/oficio_no_040-2023_-_mineiro.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4646/oficio_no_041-2023_-_natalia_bonavides.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4647/oficio_no_042-2023_-_sgto_goncalves.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4648/oficio_no_043-2023_-_paulinho_freire.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4649/oficio_no_044-2023_-_vicentinho.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4650/oficio_no_045-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4698/oficio_no_046-2023_-_tce.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4699/oficio_no_047-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4700/oficio_no_048-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4701/oficio_no_049-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4702/oficio_no_050-2023_-_itep.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4703/oficio_no_051-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4704/oficio_no_052-2023_-_adriano_campelo.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4705/oficio_no_053-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4706/oficio_no_054-2023_-_itep.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4707/oficio_no_055-2023_-_adriano_campelo.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4708/oficio_no_056-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4758/oficio_no_057-2023_-_secretaria_de_desenvolvimento.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4759/oficio_no_058-2023_-_secretaria_de_desenvolvimento.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4762/oficio_no_059-2023_-_itep.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4760/oficio_no_060-2023_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4763/oficio_no_061-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4761/oficio_no_062-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4764/oficio_no_063-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4765/oficio_no_064-2023_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4766/oficio_no_065-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4767/oficio_no_066-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4768/oficio_no_067-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4769/oficio_no_068-2023_-_interlegis.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4770/oficio_no_069-2023_-_itep.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4771/oficio_no_070-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4772/oficio_no_071-2023_-_abrigo.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4773/oficio_no_072-2023_-_eedjgm.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4774/oficio_no_073-2022_-_prefeito_-_orcamento.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4826/oficio_no_074-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4827/oficio_no_075-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4828/oficio_no_076-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4877/oficio_no_077-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4878/oficio_no_078-2023_-_cosern.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4879/oficio_no_079-2023_-_itep.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4880/oficio_no_080-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4881/oficio_no_081-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4882/oficio_no_082-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4883/oficio_no_084-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4884/oficio_no_085-2023_-_itep.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4885/oficio_no_086-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4886/oficio_no_087-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4887/oficio_no_088-2023_-_itep.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4888/oficio_no_089-2023_-_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4526/oficio_no_001-2023_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4527/oficio_no_002-2023_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4528/oficio_no_003-2023_-_saude.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4556/oficio_no_004-2023_-_mprn.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4557/oficio_no_005-2023_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4558/oficio_no_006-2023_-_caern.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4559/oficio_no_007-2023_-_caern.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4574/oficio_no_008-2023_-_agricultura.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4575/oficio_no_009-2023_-_sandra.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4610/oficio_no_010-2023_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4611/oficio_no_011-2023_-_caern.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4678/oficio_no_012-2023_-_caern.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4679/oficio_no_013-2023_-_prefeito2.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4680/oficio_no_014-2023_-_administracao.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4726/oficio_no_015-2023_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4727/oficio_no_016-2023_-_servicos_urbanos.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4728/oficio_no_017-2023_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4729/oficio_no_018-2023_-_administracao.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4812/oficio_no_019-2023_-_caern.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4813/oficio_no_020-2023_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4814/oficio_no_021-2023_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4815/oficio_no_022-2023_-_servicos_urbanos.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4816/oficio_no_023-2023_-_agricultura.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4817/oficio_no_024-2023_-_assessor_de_projeto.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4818/oficio_no_025-2023_-_administracao.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4830/oficio_no_026-2023_-_ubaldo.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4831/oficio_no_027-2023_-_ubaldo.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4832/oficio_no_028-2023_-_ubaldo.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4862/oficio_no_029-2023_-_agricultura.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4863/oficio_no_030-2023_-_agricultura.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4864/oficio_no_031-2023_-_caern.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4865/oficio_no_032-2023_-_administracao.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4866/oficio_no_033-2023_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4943/oficio_no_034-2023_-_caern.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4944/oficio_no_035-2023_-_ubaldo.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4945/oficio_no_036-2023_-_agricultura.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4946/oficio_no_037-2023_-_administracao.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4947/oficio_no_038-2023_-_servicos_urbanos.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4948/oficio_no_039-2023_-_diogo.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4949/oficio_no_040-2023_-_der.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4517/portaria_no_001-2023_-_ferias_de_icaro.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4518/portaria_no_002-2023_-_exoneracao_de_debora.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4519/portaria_no_003-2023_-_nomeacao_de_bruna.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4520/portaria_no_004-2023_-_exoneracao_de_luana.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4521/portaria_no_005-2023_-_exoneracao_de_janio.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4522/portaria_no_006-2023_-_nomeacao_de_janio.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4523/portaria_no_007-2023_-_cpl.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4524/portaria_no_008-2023_-_fiscal_de_contratos.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4529/portaria_no_009-2023_-_nomeacao_de_cristovao.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4589/portaria_no_010-2023_-_ferias_de_lisangela.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4775/portaria_no_011-2023_-_ferias_de_elvira.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4776/portaria_no_012-2023_-_ferias_de_romeu.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4777/portaria_no_013-2023_-_ferias_de_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4778/portaria_no_014-2023_-_ferias_de_lidiane.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4779/portaria_no_015-2023_-_designacao_do_encarregado.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4780/portaria_no_016-2023_-_expediente_no_recesso.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/5338/portaria_no_017-2023_-_ferias_de_evelyne.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4781/projeto_de_decreto_no_001-2023_-_denomina_comenda_do_merito_desportivo.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4531/projeto-de-lei-complementar-no-001---refis---acari-2023.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4581/projeto_de_lei_complementar_no_002_2023_-_reestruturacao_organizacional_administrativa_de_acari.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4582/prb8fd1.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4908/plc_altera_lc-14-22.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4532/projeto_de_lei_no_001_-_fica_instituida_a_indenizacao_para_desligamento_voluntario_-_idv_dos_servidores_publicos_do_municipio_de_acari-rn.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4541/projeto_de_lei_no_002_de_30_de_janeiro_de_2023_-_dispoe_sobre_a_criacao_e_regulamentacao_do_servico_de_inspecao_municipal_de_produtos_de_origem_animal_-_simpoa.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4552/projeto_de_lei_no_003_-_fica_o_municipio_de_acari_autorizado_a_efetivar_pintura_nas_fachadas_das_residencias_existentes_na_rua_principal_do_povoado_gargalheiras.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4553/projeto_de_lei_no_004_de_10_de_fevereiro_de_2023_-_reajuste_salarial_magisterio_2023_-_versao_final.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4554/projeto_de_lei_no_005_-_formacao_de_convenio_com_a_policia_mirim.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4555/projeto_de_lei_no_006_-_formacao_de_convenio_com_a_filarmonica.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4628/projeto_de_lei_no_007_-_autoriza_o_poder_executivo_municipal_a_conceder_auxilio_financeiro.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4629/projeto_de_lei_no_008_-_cria_a_gratificacao_de_produtividade_para_os_agentes_da_vigilancia_sanitaria.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4630/projeto_de_lei_no_009_-_ldo_2024.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4657/projeto_de_lei_no_10_-_credito_especial..pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4691/pr149e1.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4692/projeto_de_lei_no_12_-_credito_especial_-_transferencia_especial.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4747/projeto_de_lei_no_13_2023_-_credito_especial__-_lei_paulo_gustavo.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4748/projeto_de_lei_no_14_2023_-_credito_especial__-_veiculo_sec_desenv._economico.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4749/projeto_de_lei_no_15_2023_-_credito_especial_-_transferencia_especial.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4750/projeto_de_lei_-_credito_especial_-_transferencia_especial_-_acari_cidade_iluminada_1.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4752/projeto_de_lei_no_17-2023__-_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4783/projeto_de_lei_no_18_-_doacao_-_terreno_empresa_neo_marmores_e_granitos_eireli.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4823/00_-_projeto_lei_orcamento_2024_pma.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4835/projeto_de_lei_no_20_-_autoriza_o_poder_executivo_a_transferir_a_complementacao_da_assistencia_financeira_para_o_piso_dos_profissionais_da__enfermagem.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4870/projeto_de_lei_no_21_-_sim_municipal_-_cim_serido_final.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4871/projeto_de_lei_no_22_-dispoe_sobre_o_procedimento_para_a_instalacao_de_infraestrutura_de_suporte_para_estacao_transmissora_de_radiocomunicacao_-_etr.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4872/projeto_23.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4900/projeto_de_lei_no_24_-_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4911/projeto_de_lei_no_25_-_institui_a_semana_municipal_de_prevencao_ao_uso_de_drogas_e_conscientizacao_da_juventude_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4921/projeto_de_lei_no_26_-_autoriza_ao_poder_executivo_municipal_a_abrir_credito_adicional_especial_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4922/projeto_de_lei_no_027-2023_-_pe.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4923/projeto_de_lei_no_028-2023_-_pe.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4580/projeto_de_lei_no_001-2023_-_semana_de_combate_a_violencia_contra_a_mulher.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4592/projeto_de_lei_no_002-2023_-_semana_municipal_de_conscientizacao_do_autismo.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4601/projeto_de_lei_no_003-2023_-_data_da_emancipacao_politica_de_acari.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4605/projeto_de_lei_no_004-2023_-_denomina_logradouro_publico.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4606/projeto_de_lei_no_005-2023_-_cnh_popular.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4607/projeto_de_lei_no_006-2023_-_denominacao_de_ruas.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4631/projeto_de_lei_no_007-2023_-_denomina_brinquedoteca.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4632/projeto_de_lei_no_008-2023_-_denomina_projeto_saude_em_movimento.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4658/projeto_de_lei_no_009-2023_-_denomina_o_cras_de_acari.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4782/projeto_de_lei_no_10-2023_-_regulamenta_a_contratacao_de_artistas_no_periodo_junino.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4798/projeto_de_lei_no_11-2023_-_reconhece_o_cemiterio_do_inga_como_patrimonio_historico_de_acari.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4799/projeto_de_lei_no_012-2023_-_renomeia_logradouro_publico_-_dona_tum.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4824/projeto_de_lei_no_013-2023_-_revoga_lei.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4825/projeto_de_lei_no_014-2023_-_denomina_a_feira_livre_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4843/projeto_de_lei_no_015-2023_-_equiparacao_dos_portadores_de_doencas_renais_cronicas_a_pcd.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4844/projeto_de_lei_no_016-2023_-_nomeacao_do_bairro_cardeal_dom_eugenio.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4855/projeto_de_lei_no_017-2023_-_reducao_da_reserva_de_faixa_nao_edificavel.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4889/projeto_de_lei_no_018-2023_-_denomina_anexo_da_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4890/projeto_de_lei_no_019-2023_-_denomina_praca.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4906/projeto_de_lei_no_020-2023_-_reconhece_associacao_como_de_utilidade_publica.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4907/projeto_de_lei_no_021-2023_-_hipoteses_de_proibicao_de_suspensao_de_energia_e_agua.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4920/projeto_de_lei_no_022-2023_-_denomina_logradouro_publico.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4544/projeto_de_resolucao_no_001-2023_-_regulamentacao_do_emprestimo_consignado.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4545/projeto_de_resolucao_no_002-2023_-escola_do_legislativo.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4570/projeto_de_resolucao_no_003-2023_-_atualizacao_dos_valores_das_diarias.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4669/projeto_de_resolucao_no_004-2023_-_regulamenta_o_agente_de_contratacao_e_outros.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4670/projeto_de_resolucao_no_005-2023_-_regulamenta_a_dispensa_de_licitacao.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4671/projeto_de_resolucao_no_006-2023_-_regulamenta_a_pesquisa_de_precos.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4733/projeto_de_resolucao_no_007-2023_-_altera_quadro_de_detalhamento_de_despesas.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4845/projeto_de_resolucao_no_008-2023_-_altera_quadro_de_detalhamento_de_despesas.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4535/requerimento_no_001-2023_-_sessao_extraordinaria_durante_o_recesso.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4609/requerimento_no_002-2023_ao_plenario_-_criacao_de_comissao_para_representar_a_cma_em_discussoes_hidricas.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4668/requerimento_no_003-2023_-_implantacao_do_piso_salarial_dos_profissionais_de_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4690/requerimento_no_004-2023_-_solicitacao_de_informacoes.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4839/requerimento_no_005-2023_-_urgencia_especial.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4897/requerimento_no_006-2022_-_rafael.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4919/requerimento_no_007-2023_-_rafael.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/5131/resolucao_no_001-2023_-_regulamentacao_do_emprestimo_consignado.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/5132/resolucao_no_002-2023_-_escola_do_legislativo.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/5133/resolucao_no_003-2023_-_atualizacao_dos_valores_das_diarias.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/5134/resolucao_no_004-2023_-_altera_o_quadro_de_detalhamento_de_despesas.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/5135/resolucao_no_005-2023_-_regulamenta_o_agente_de_contratacao_e_outros.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/5136/resolucao_no_006-2023_-_regulamenta_a_dispensa_de_licitacao.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/5137/resolucao_no_007-2023_-_regulamenta_a_pesquisa_de_precos.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/5138/resolucao_no_008-2023_-_altera_quadro_de_detalhamento_de_despesas.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4652/oficio_no_001-2023_-_sandra.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4653/oficio_no_002-2023_-_sandra.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4684/oficio_no_003-2023_-_elizeu_ginasio.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4718/oficio_no_004-2023_-_saude.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4719/oficio_no_005-2023_-_contadora_pma.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4720/oficio_no_006-2023_-_caern.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4721/oficio_no_007-2023_-_terezinha_maia.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4722/oficio_no_008-2023_-_terezinha_maia.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4723/oficio_no_009-2023_-_servicos_urbanos.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4724/oficio_no_010-2023_-_servicos_urbanos.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4791/oficio_no_011-2023_-_terezinha_maia.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4792/oficio_no_012-2023_-_terezinha_maia.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4793/oficio_no_013-2023_-_saude.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4856/oficio_no_014-2023_-_servicos_urbanos.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4857/oficio_no_015-2023_-_agricultura.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4858/oficio_no_016-2023_-_adm.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4859/oficio_no_017-2023_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4860/oficio_no_018-2023_-_turismo.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4861/oficio_no_019-2023_-_servico_social.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4935/oficio_no_020-2023_-_projetos_especiais.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4936/oficio_no_021-2023_-_sandra.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4937/oficio_no_022-2023_-_sandra.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4938/oficio_no_023-2023_-_defensoria_publica.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4788/oficio_no_001-2023_-_terezinha_maia.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4934/oficio_no_002-2023.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4600/oficio_no_001-2023_-_saude.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4620/oficio_no_002-2023_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4685/oficio_no_003-2023_-_cdl.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4686/oficio_no_004-2023_-_psicologa.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4687/oficio_no_005-2023_-_administracao.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4725/oficio_no_006-2023_-_gabinete.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4794/oficio_no_007-2023_-_saude.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4795/oficio_no_008-2023_-_gabinete.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4796/oficio_no_009-2023_-_saude_estadual.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4797/oficio_no_010-2023_-_saude_estadual.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4802/oficio_no_011-2023_-_der.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4803/oficio_no_012-2023_-_didi.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4804/oficio_no_013-2023_-_saude.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4805/oficio_no_014-2023_-_paulinho_freire.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4806/oficio_no_015-2023_-_paulinho_freire.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4807/oficio_no_016-2023_-_paulinho_freire.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4808/oficio_no_017-2023_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4809/oficio_no_018-2023_-_didi.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4829/oficio_no_019-2023_-_saude.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4873/oficio_no_020-2023_-_servico_social.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4874/oficio_no_021-2023_-_saude_estadual.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4875/oficio_no_022-2023_-_saude_estadual.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4876/oficio_no_023-2023_-_francisco_do_pt.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4939/oficio_no_024-2023_-_saude.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4940/oficio_no_025-2023_-_arthur_hansen.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4941/oficio_no_026-2023_-_francisco_do_pt.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4942/oficio_no_027-2023_-_semarh.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4599/oficio_no_001-_2023_-_funasa.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4612/oficio_no_002-_2023_-_natalia.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4613/oficio_no_003-_2023_-_joao_maia.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4614/oficio_no_004-_2023_-_benes.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4615/oficio_no_005-_2023_-_robinson.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4616/oficio_no_006-_2023_-_mineiro.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4617/oficio_no_007-_2023_-_girao.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4618/oficio_no_008-_2023_-_sargento_goncalves.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4619/oficio_no_009-_2023_-_paulinho_freire.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4651/oficio_no_010-_2023_-_pmrn.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4810/oficio_no_011-_2023_-_cristiane_dantas.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4811/oficio_no_012-_2023_-_cristiane_dantas.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4621/oficio_no_001-2023_-_sandra.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4654/oficio_no_002-2023_-_sandra.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4683/oficio_no_003-2023_-_ccj.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4533/publicacao_do_ato_da_presidencia_no_001-2023.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4635/ato_da_presidencia_no_002-2023.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4636/ato_da_presidencia_no_003-2023.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4755/ato_da_presidencia_004_-_2023.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4756/protecao_de_dados_pessoais.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4569/projeto_de_lei_complementar_no_001-2023.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4593/requerimento_no_001-2023_ao_plenario_-_criacao_de_comissao_para_representar_a_cma_em_discussoes_hidricas.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2023/4642/mensagem_anual_2022_cma_3_-_27_de_fev_de_23.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H451"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="45.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="84" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="230.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="229.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>