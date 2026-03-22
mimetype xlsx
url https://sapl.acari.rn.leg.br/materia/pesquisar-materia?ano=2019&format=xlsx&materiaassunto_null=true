--- v0 (2026-02-03)
+++ v1 (2026-03-22)
@@ -51,3762 +51,3762 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2975</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>AAP</t>
   </si>
   <si>
     <t xml:space="preserve">Ata de Audiência Pública </t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2975/ata_-_i_e_ii_quadrimestre_de_2018.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2975/ata_-_i_e_ii_quadrimestre_de_2018.pdf</t>
   </si>
   <si>
     <t>Ata da Audiência Pública da Saúde com o tema: Gestão do Sistema Único_x000D_
 de Saúde (SUS) - Apresentação do I e II Quadrimestre de 2018. Aos oito_x000D_
 dias do mês de janeiro de dois mil e dezenove, às nove horas, na Sala_x000D_
 das Sessões Plenário Vereador Antônio Ferreira da Costa, Palácio José_x000D_
 Sueco de Medeiros, estiveram presentes: o Presidente da Câmara,_x000D_
 Vereador José Rivaldo Lima; a Secretária Municipal de Saúde, Maria José_x000D_
 Alves Dantas; a Secretária Adjunta de Saúde, Paloma Vitória da Silva_x000D_
 Baracho; a assessora técnica Ilaionária Márcia Pereira de Araújo; o_x000D_
 coordenador do Pronto Atendimento Municipal, José Erivan da Silva; a_x000D_
 coordenadora da Vigilância Sanitária Municipal, Lécia Laiane da Silva_x000D_
 Santos; a controladora municipal, Adriana Linhares F. de Brito, e_x000D_
 demais pessoas representantes da sociedade civil.</t>
   </si>
   <si>
     <t>3049</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3049/ata_-_iii_quadrimestre_de_2018.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3049/ata_-_iii_quadrimestre_de_2018.pdf</t>
   </si>
   <si>
     <t>Ata da Audiência Pública da Saúde com o tema: Gestão do Sistema Único_x000D_
 de Saúde (SUS) - Apresentação do III Quadrimestre de 2018. Aos três_x000D_
 dias do mês de abril de dois mil e dezenove, às nove horas, na Sala das_x000D_
 Sessões Plenário Vereador Antônio Ferreira da Costa, Palácio José Sueco_x000D_
 de Medeiros, estiveram presentes: o Presidente da Câmara, Vereador José_x000D_
 Rivaldo Lima; o vice-presidente Girlene Edson de Oliveira Amaro; a_x000D_
 vereadora Marineide Alves Dantas; a Secretária Municipal de Saúde,_x000D_
 Maria José Alves Dantas; a Secretária Adjunta de Saúde, Paloma Vitória_x000D_
 da Silva Baracho; a assessora técnica Ilaionária Márcia Pereira de_x000D_
 Araújo; o coordenador do Pronto Atendimento Municipal, José Erivan da_x000D_
 Silva; a coordenadora da Vigilância Sanitária Municipal, Lécia Laiane_x000D_
 da Silva Santos; e demais pessoas representantes da sociedade civil.</t>
   </si>
   <si>
     <t>2974</t>
   </si>
   <si>
     <t>ASO</t>
   </si>
   <si>
     <t>Ata Sessão Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2974/ata_da_1a_reuniao_do_1o_periodo_de_2019.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2974/ata_da_1a_reuniao_do_1o_periodo_de_2019.pdf</t>
   </si>
   <si>
     <t>Ata da 2.875ª (segunda milésima, octingentésima setuagésima quinta) sessão ordinária da Câmara Municipal de Acari/RN. Primeira reunião do primeiro período legislativo de dois mil e dezenove. Aos cinco dias do mês de fevereiro do ano de dois mil e dezenove</t>
   </si>
   <si>
     <t>2986</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2986/ata_da_2a_reuniao_do_1o_periodo_de_2019.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2986/ata_da_2a_reuniao_do_1o_periodo_de_2019.pdf</t>
   </si>
   <si>
     <t>Ata da 2.876ª (segunda milésima, octingentésima setuagésima sexta) sessão ordinária da Câmara Municipal de Acari/RN. Segunda reunião do primeiro período legislativo de dois mil e dezenove. Aos doze dias do mês de fevereiro do ano de dois mil e dezenove, às dezenove horas, na Sala das Sessões Plenário Vereador Antônio Ferreira da Costa, Palácio Vereador José Sueco de Medeiros, estiveram presentes os senhores Vereadores: Albervânia Silva de Medeiros Costa, Armando Etelvino de Medeiros, Felipe Dantas Bezerra, Girlene Edson de Oliveira Amaro, José Ari Bezerra Dantas, José Rivaldo Lima, Leonardo Ferreira de Azevêdo, Marineide Alves Dantas e Zuil Ribeiro da Silva.</t>
   </si>
   <si>
     <t>3000</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3000/ata_da_3a_reuniao_do_1o_periodo_de_2019.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3000/ata_da_3a_reuniao_do_1o_periodo_de_2019.pdf</t>
   </si>
   <si>
     <t>Ata da 2.877ª (segunda milésima, octingentésima setuagésima sétima) sessão ordinária da Câmara Municipal de Acari/RN. Terceira reunião do primeiro período legislativo de dois mil e dezenove. Aos dezenove dias do mês de fevereiro do ano de dois mil e dezenove, às dezenove horas, na Sala das Sessões Plenário Vereador Antônio Ferreira da Costa, Palácio Vereador José Sueco de Medeiros, estiveram presentes os senhores Vereadores: Albervânia Silva de Medeiros Costa, Armando Etelvino de Medeiros, Girlene Edson de Oliveira Amaro, José Ari Bezerra Dantas, José Rivaldo Lima, Leonardo Ferreira de Azevêdo, Marineide Alves Dantas e Zuil Ribeiro da Silva; ausente com justificativa o Vereador Felipe Dantas Bezerra.</t>
   </si>
   <si>
     <t>3095</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3095/ata_da_4a_reuniao_do_1o_periodo_de_2019.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3095/ata_da_4a_reuniao_do_1o_periodo_de_2019.pdf</t>
   </si>
   <si>
     <t>Ata da 2.878ª (segunda milésima, octingentésima setuagésima oitava) sessão_x000D_
 ordinária da Câmara Municipal de Acari/RN. Quarta reunião do primeiro_x000D_
 período legislativo de dois mil e dezenove. Aos doze dias do mês de março_x000D_
 do ano de dois mil e dezenove, às dezenove horas, na Sala das Sessões_x000D_
 Plenário Vereador Antônio Ferreira da Costa, Palácio Vereador José Sueco_x000D_
 de Medeiros, estiveram presentes os senhores Vereadores: Albervânia Silva_x000D_
 de Medeiros Costa, Armando Etelvino de Medeiros, Felipe Dantas Bezerra,_x000D_
 Girlene Edson de Oliveira Amaro, José Ari Bezerra Dantas, José Rivaldo_x000D_
 Lima, Leonardo Ferreira de Azevêdo, Marineide Alves Dantas e Zuil Ribeiro_x000D_
 da Silva.</t>
   </si>
   <si>
     <t>3096</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3096/ata_da_5a_reuniao_do_1o_periodo_de_2019.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3096/ata_da_5a_reuniao_do_1o_periodo_de_2019.pdf</t>
   </si>
   <si>
     <t>Ata da 2.879ª (segunda milésima, octingentésima setuagésima nona) sessão ordinária da Câmara Municipal de Acari/RN. Quinta reunião do primeiro período legislativo de dois mil e dezenove. Aos dezenove dias do mês de março do ano de dois mil e dezenove, às dezenove horas, na Sala das Sessões Plenário Vereador Antônio Ferreira da Costa, Palácio Vereador José Sueco de Medeiros, estiveram presentes os senhores Vereadores: Albervânia Silva de Medeiros Costa, Armando Etelvino de Medeiros, Felipe Dantas Bezerra, Girlene Edson de Oliveira Amaro, José Ari Bezerra Dantas, José Rivaldo Lima, Leonardo Ferreira de Azevêdo, Marineide Alves Dantas e Zuil Ribeiro da Silva.</t>
   </si>
   <si>
     <t>3097</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3097/ata_da_6a_reuniao_do_1o_periodo_de_2019.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3097/ata_da_6a_reuniao_do_1o_periodo_de_2019.pdf</t>
   </si>
   <si>
     <t>Ata da 2.880ª (segunda milésima, octingentésima octogésima) sessão ordinária da Câmara Municipal de Acari/RN. Sexta reunião do primeiro período legislativo de dois mil e dezenove. Aos vinte e seis dias do mês de março do ano de dois mil e dezenove, às dezenove horas, na Sala das Sessões Plenário Vereador Antônio Ferreira da Costa, Palácio Vereador José Sueco de Medeiros, estiveram presentes os senhores Vereadores: Albervânia Silva de Medeiros Costa, Armando Etelvino de Medeiros, Felipe Dantas Bezerra, Girlene Edson de Oliveira Amaro, José Ari Bezerra Dantas, José Rivaldo Lima, Leonardo Ferreira de Azevêdo, Marineide Alves Dantas e Zuil Ribeiro da Silva.</t>
   </si>
   <si>
     <t>3098</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3098/ata_da_7a_reuniao_do_1o_periodo_de_2019.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3098/ata_da_7a_reuniao_do_1o_periodo_de_2019.pdf</t>
   </si>
   <si>
     <t>Ata da 2.881ª (segunda milésima, octingentésima octogésima primeira) sessão ordinária da Câmara Municipal de Acari/RN. Sétima reunião do primeiro período legislativo de dois mil e dezenove. Aos dois dias do mês de abril do ano de dois mil e dezenove, às dezenove horas, na Sala das Sessões Plenário Vereador Antônio Ferreira da Costa, Palácio Vereador José Sueco de Medeiros, estiveram presentes os senhores Vereadores: Albervânia Silva de Medeiros Costa, Armando Etelvino de Medeiros, Felipe Dantas Bezerra, Girlene Edson de Oliveira Amaro, José Ari Bezerra Dantas, José Rivaldo Lima, Leonardo Ferreira de Azevêdo e Zuil Ribeiro da Silva; ausente com justificativa a Vereadora Marineide Alves Dantas.</t>
   </si>
   <si>
     <t>3099</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3099/ata_da_8a_reuniao_do_1o_periodo_de_2019.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3099/ata_da_8a_reuniao_do_1o_periodo_de_2019.pdf</t>
   </si>
   <si>
     <t>Ata da 2.882ª (segunda milésima, octingentésima octogésima segunda) sessão ordinária da Câmara Municipal de Acari/RN. Oitava reunião do primeiro período legislativo de dois mil e dezenove. Aos dezesseis dias do mês de abril do ano de dois mil e dezenove, às dezenove horas, na Sala das Sessões Plenário Vereador Antônio Ferreira da Costa, Palácio Vereador José Sueco de Medeiros, estiveram presentes os senhores Vereadores: Albervânia Silva de Medeiros Costa, Armando Etelvino de Medeiros, Felipe Dantas Bezerra, Girlene Edson de Oliveira Amaro, José Ari Bezerra Dantas, José Rivaldo Lima, Leonardo Ferreira de Azevêdo, Marineide Alves Dantas e Zuil Ribeiro da Silva.</t>
   </si>
   <si>
     <t>2961</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>GIRLENE</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2961/indicacao_no001-2019-geoa.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2961/indicacao_no001-2019-geoa.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e, nos termos regimentais, REQUER de Vossa Excelência, depois de ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa colocar barras de proteção, no bueiro que fica localizado ao lado do ginásio de esportes Dr. Jorácio Mamede Galvão.</t>
   </si>
   <si>
     <t>2962</t>
   </si>
   <si>
     <t>ZUIL</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2962/indicacao_no002-2019-zrs.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2962/indicacao_no002-2019-zrs.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e, nos termos regimentais, REQUER de Vossa Excelência, depois de ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa construir uma bancada para acender velas no cemitério Morada da Paz (Bairro Petrópolis).</t>
   </si>
   <si>
     <t>2971</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2971/indicacao_no003-2019-zrs.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2971/indicacao_no003-2019-zrs.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e, nos termos regimentais, REQUER de Vossa Excelência, depois de ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa fazer melhorias na estrutura física e na mobília da Biblioteca Municipal Maria de Lourdes Bezerra.</t>
   </si>
   <si>
     <t>2972</t>
   </si>
   <si>
     <t>ALBERVANIA</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2972/indicacao_no004-2019-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2972/indicacao_no004-2019-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de sua função legislativa, e, nos termos regimentais, REQUER de Vossa Excelência, depois de ouvido o Plenário seja enviado expediente ao Diretor do DER (Departamento de Estradas e Rodagens do Rio Grande do Norte), o Sr. Manoel Marques Dantas, para que o mesmo, dentro das possibilidades, possa fazer o recapeamento asfáltico, no perímetro urbano entre a ponte Juvenal Lamartine (Ponte Velha), e a BR 427, saída para Jardim do Seridó.</t>
   </si>
   <si>
     <t>2973</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2973/indicacao_no005-2019-zrs.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2973/indicacao_no005-2019-zrs.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e, nos termos regimentais, REQUER de Vossa Excelência, depois de ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa disponibilizar fardamento para os funcionários da Prefeitura Municipal de Acari/RN.</t>
   </si>
   <si>
     <t>2982</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2982/indicacao_no006-2019-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2982/indicacao_no006-2019-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de sua função legislativa, e, nos termos regimentais, REQUER de Vossa Excelência, depois de ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa pavimentar a rua Joaquim Vitoriano (por trás da Câmara Municipal).</t>
   </si>
   <si>
     <t>2983</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2983/indicacao_no007-2019-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2983/indicacao_no007-2019-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de sua função legislativa, e, nos termos regimentais, REQUER de Vossa Excelência, depois de ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa concluir a pavimentação da rua Manoel Aprígio Galvão, no bairro Tarcísio Bezerra.</t>
   </si>
   <si>
     <t>2984</t>
   </si>
   <si>
     <t>BADA</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2984/indicacao_no008-2019-jrl.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2984/indicacao_no008-2019-jrl.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e, nos termos regimentais, REQUER de Vossa Excelência, depois de ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa construir um quebra-molas na travessa Félix Pereira, bairro Centro, em frente ao depósito da Sra. Joseilda.</t>
   </si>
   <si>
     <t>2994</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>MARINEIDE</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2994/indicacao_no009-2019-mad.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2994/indicacao_no009-2019-mad.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de sua função legislativa, e, nos termos regimentais, REQUER de Vossa Excelência, depois de ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa promover ações de saúde na feira livre do Município.</t>
   </si>
   <si>
     <t>2995</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2995/indicacao_no010-2019-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2995/indicacao_no010-2019-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de suas funções legislativo e nos termos regimentais, REQUER de Vossa Excelência, depois de ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que sejam tomadas providências, no sentido de criar O CONSELHO MUNICIPAL DA JUVENTUDE QUE FICOU INSTITUIDO PELAS LEIS FEDERAL 11129/2005 e 11692/2008.</t>
   </si>
   <si>
     <t>2996</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2996/indicacao_no011-2019-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2996/indicacao_no011-2019-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de sua função legislativa, e, nos termos regimentais, REQUER de Vossa Excelência, depois de ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa realizar a pavimentação da Travessa Professora Raimundinha, no Bairro Luiz Gonzaga.</t>
   </si>
   <si>
     <t>2997</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2997/indicacao_no012-2019-zrs.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2997/indicacao_no012-2019-zrs.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e, nos termos regimentais, REQUER de Vossa Excelência, depois de ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa concluir a pavimentação do perímetro que corresponde entre as Ruas Eduardo Galvão e rua Elói de Souza, no Bairro Centro.</t>
   </si>
   <si>
     <t>2998</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2998/indicacao_no013-2019-zrs.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2998/indicacao_no013-2019-zrs.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e, nos termos regimentais, REQUER de Vossa Excelência, depois de ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa construir um quebra-molas na Rua Martiniano Barbosa da Silva, no Bairro Petrópolis ao lado da residência de Dedé de Etinho.</t>
   </si>
   <si>
     <t>2999</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t xml:space="preserve">ARMANDO </t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2999/indicacao_no014-2019-aem.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2999/indicacao_no014-2019-aem.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e, nos termos regimentais, REQUER de Vossa Excelência, depois de ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa realizar a ampliação da rede elétrica da Rua João Solon de Medeiros, em frente a casa de Maria do Socorro Souza.</t>
   </si>
   <si>
     <t>3004</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>LEÓ</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3004/indicacao_no015-2019-lfa.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3004/indicacao_no015-2019-lfa.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e, dentro das conformidades da Lei Orgânica Municipal e nos termos regimentais desta casa, requer de Vossa Excelência, após ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o tome as devidas providências no sentido de recuperar com urgência o pontilhão localizado na Beira do Rio, entre a propriedade da senhora Minerva e do senhor Jacinto.</t>
   </si>
   <si>
     <t>3005</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3005/indicacao_no016-2019-geoa.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3005/indicacao_no016-2019-geoa.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e, dentro das conformidades da Lei Orgânica Municipal e nos termos regimentais desta casa, requer de Vossa Excelência, após ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo tome as devidas providências no sentido de construir dois quebra-molas no entorno da Praça Antão Lopes.</t>
   </si>
   <si>
     <t>3006</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3006/indicacao_no017-2019-geoa.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3006/indicacao_no017-2019-geoa.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e, dentro das conformidades da Lei Orgânica Municipal e nos termos regimentais desta casa, requer de Vossa Excelência, após ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo tome as devidas providências no sentido de reformar o clube de Gargalheiras.</t>
   </si>
   <si>
     <t>3007</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3007/indicacao_no018-2019-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3007/indicacao_no018-2019-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de sua função legislativa, e, nos termos regimentais, REQUER de Vossa Excelência, depois de ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa substituir o telhado do refeitório da Escola Municipal Major Hortêncio de Brito.</t>
   </si>
   <si>
     <t>3008</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>ARI</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3008/indicacao_no019-2019-jabd.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3008/indicacao_no019-2019-jabd.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos regimentais desta casa, requer de Vossa Excelência, após ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo possa adquirir uma máquina Ensiladeira e um Carroção para atender os agricultores do nosso Município, que precisarem armazenar forragens para um melhor sustento do seu rebanho.</t>
   </si>
   <si>
     <t>3009</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3009/indicacao_no020-2019-jabd.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3009/indicacao_no020-2019-jabd.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos regimentais desta casa, requer de Vossa Excelência, após ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo possa fazer o serviço de recuperação e ampliação de um mata-burro no sitio Benedito, nas proximidades da residência do Sr. Sales.</t>
   </si>
   <si>
     <t>3015</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>FELIPE BALAH</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3015/indicacao_no021-2019-fdb.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3015/indicacao_no021-2019-fdb.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos regimentais desta casa, requer de Vossa Excelência, após ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo possa realizar a pavimentação da Rua Manoel Rosendo no Bairro Tarcísio Bezerra Galvão.</t>
   </si>
   <si>
     <t>3016</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3016/indicacao_no022-2019-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3016/indicacao_no022-2019-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de sua função legislativa, e, nos termos regimentais, REQUER de Vossa Excelência, depois de ouvido o Plenário seja enviado expediente ao Sistema ‘S’ (SENAR, SENAC e SENAI) no Estado do Rio Grande do Norte, para que, dentro das possibilidades, possam ser disponibilizados cursos profissionalizantes gratuitos para o nosso município.</t>
   </si>
   <si>
     <t>3017</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3017/indicacao_no023-2019-lfa.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3017/indicacao_no023-2019-lfa.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e, dentro das conformidades da Lei Orgânica Municipal e nos termos regimentais desta casa, requer de Vossa Excelência, após ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, tome as devidas providências no sentido de melhorar a drenagem da Rua Júlia Olindina no Conjunto dos Trabalhadores.</t>
   </si>
   <si>
     <t>3018</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3018/indicacao_no024-2019-lfa.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3018/indicacao_no024-2019-lfa.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e, dentro das conformidades da Lei Orgânica Municipal e nos termos regimentais desta casa, requer de Vossa Excelência, após ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa relocar a placa que se encontra em frente à residência da Sra. Terezinha de Oscar, nas margens da Br-427.</t>
   </si>
   <si>
     <t>3076</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3076/indicacao_no025-2019-zrs.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3076/indicacao_no025-2019-zrs.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e, nos termos regimentais, REQUER de Vossa Excelência, depois de ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa consertar os aparelhos de ar-condicionado da Biblioteca Indústria do Conhecimento.</t>
   </si>
   <si>
     <t>3077</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3077/indicacao_no026-2019-fdb.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3077/indicacao_no026-2019-fdb.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos regimentais desta casa, requer de Vossa Excelência, após ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo possa realizar melhorias na iluminação da Rua Francisco Meira e Sá.</t>
   </si>
   <si>
     <t>3078</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3078/indicacao_no027-2019-geoa.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3078/indicacao_no027-2019-geoa.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e, dentro das conformidades da Lei Orgânica Municipal e nos termos regimentais desta casa, requer de Vossa Excelência, após ouvido o Plenário, que seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo tome as devidas providências no sentido de pavimentar o trecho restante da Rua Dr. José Augusto, no Bairro Tarcísio Bezerra Galvão.</t>
   </si>
   <si>
     <t>3079</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3079/indicacao_no028-2019-jabd.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3079/indicacao_no028-2019-jabd.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos regimentais desta casa, requer de Vossa Excelência, após ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo possa melhorar a iluminação pública da rua Oscar Nelson Lopes de Araújo, localizada no bairro Ary de Pinho.</t>
   </si>
   <si>
     <t>3080</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3080/indicacao_no029-2019-geoa.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3080/indicacao_no029-2019-geoa.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos regimentais desta casa, requer de Vossa Excelência, após ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo possa colocar iluminação pública ao lado da Creche Municipal Maria de Fátima, localizada ao lado do conjunto Terezinha Pereira, no Bairro Petrópolis.</t>
   </si>
   <si>
     <t>3081</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3081/indicacao_no030-2019-geoa.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3081/indicacao_no030-2019-geoa.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos regimentais desta casa, requer de Vossa Excelência, após ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo possa fazer a aquisição de um computador e uma impressora para a secretaria da Escola Municipal Major Hortêncio de Brito.</t>
   </si>
   <si>
     <t>3082</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3082/indicacao_no031-2019-aem.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3082/indicacao_no031-2019-aem.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos regimentais desta casa, requer de Vossa Excelência, após ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo possa fazer o serviço de recuperação do mata-burro existente no sitio Pau’ Darco, nas proximidades da família Sales.</t>
   </si>
   <si>
     <t>3083</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3083/indicacao_no032-2019-aem.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3083/indicacao_no032-2019-aem.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos regimentais desta casa, requer de Vossa Excelência, após ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo possa fazer o serviço de recuperação do mata-burro existente no sitio Água Doce, nas proximidades da parede do açude.</t>
   </si>
   <si>
     <t>3084</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3084/indicacao_no033-2019-zrs.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3084/indicacao_no033-2019-zrs.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e, nos termos regimentais, REQUER de Vossa Excelência, depois de ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa realizar o concerto do mata-burro existente no Povoado Gargalheiras, em frente a residência da Sra. Lourdes.</t>
   </si>
   <si>
     <t>3085</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3085/indicacao_no034-2019-zrs.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3085/indicacao_no034-2019-zrs.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e, nos termos regimentais, REQUER de Vossa Excelência, depois de ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa realizar o serviço de limpeza do calçadão José Vinício Dantas.</t>
   </si>
   <si>
     <t>3092</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/</t>
+    <t>http://sapl.acari.rn.leg.br/media/</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e, dentro das_x000D_
 conformidades da Lei Orgânica Municipal e nos termos regimentais desta casa, requer_x000D_
 de Vossa Excelência, após ouvido o Plenário seja enviado expediente ao Chefe do_x000D_
 Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa_x000D_
 distribuir alevinos para os pequenos produtores rurais do município de Acari-RN.</t>
   </si>
   <si>
     <t>3113</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3113/indicacao_no036-2019-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3113/indicacao_no036-2019-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de sua função legislativa, e, nos termos_x000D_
 regimentais, REQUER de Vossa Excelência, depois de ouvido o Plenário seja enviado_x000D_
 expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das_x000D_
 possibilidades, possa realizar melhorias na estrutura da Biblioteca de Bulhões.</t>
   </si>
   <si>
     <t>3114</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3114/indicacao_no037-2019-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3114/indicacao_no037-2019-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de sua função legislativa, e, nos termos_x000D_
 regimentais, REQUER de Vossa Excelência, depois de ouvido o Plenário seja enviado_x000D_
 Expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das_x000D_
 possibilidades, possa realizar melhorias no acesso ao Sítio Arqueológico Poço do Artur_x000D_
 (estreitinho).</t>
   </si>
   <si>
     <t>3115</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3115/indicacao_no038-2019-aem.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3115/indicacao_no038-2019-aem.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos_x000D_
 regimentais desta casa, requer de Vossa Excelência, após ouvido o Plenário seja_x000D_
 enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo possa_x000D_
 realizar o serviço de pintura dos quebra-molas que correspondem o perímetro urbano_x000D_
 da BR-288 no Município de Acari-RN.</t>
   </si>
   <si>
     <t>3116</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3116/indicacao_no039-2019-zrs.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3116/indicacao_no039-2019-zrs.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e, nos termos_x000D_
 regimentais, REQUER de Vossa Excelência, depois de ouvido o Plenário seja enviado_x000D_
 expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das_x000D_
 possibilidades, possa ampliar a capacidade do reservatório de água da Rodoviária_x000D_
 Municipal.</t>
   </si>
   <si>
     <t>3117</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3117/indicacao_no040-2019-lfa.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3117/indicacao_no040-2019-lfa.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e, nos termos_x000D_
 regimentais, REQUER de Vossa Excelência, após ouvido o Plenário seja enviado_x000D_
 expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, tome as_x000D_
 necessárias providências no sentido de fazer a recuperação da parte física, iluminação_x000D_
 e construir uma cobertura na Quadra de Esportes localizada na Comunidade Vaca_x000D_
 Brava, zona rural deste município.</t>
   </si>
   <si>
     <t>3108</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3108/indicacao_no041-2019-zrs.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3108/indicacao_no041-2019-zrs.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e, nos termos regimentais, REQUER de Vossa Excelência, depois de ouvido o Plenário seja enviado Expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa ampliar o número de covas no Cemitério Morada da Paz São João Batista.</t>
   </si>
   <si>
     <t>3109</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3109/indicacao_no042-2019-mad.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3109/indicacao_no042-2019-mad.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de sua função legislativa, e, nos termos regimentais, REQUER de Vossa Excelência, depois de ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa recuperar a passagem molhada que dá acesso ao assentamento Boa Sorte (Colonos).</t>
   </si>
   <si>
     <t>3110</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3110/indicacao_no043-2019-zrs.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3110/indicacao_no043-2019-zrs.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e, nos termos regimentais, REQUER de Vossa Excelência, depois de ouvido o Plenário seja enviado Expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa construir um quebra-molas na Rua Major Hortêncio de Brito, em frente a Rede Seridó.</t>
   </si>
   <si>
     <t>3118</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3118/indicacao_no044-2019-zrs.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3118/indicacao_no044-2019-zrs.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e, nos termos regimentais, REQUER de Vossa Excelência, depois de ouvido o Plenário seja enviado Expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa colocar placas de aviso, proibindo a lavagem de veículos e o banho de animais nos Açudes: Maria Ferreira e Oiticicas (Açude da Santa).</t>
   </si>
   <si>
     <t>3119</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3119/indicacao_no045-2019-aem.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3119/indicacao_no045-2019-aem.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos regimentais desta casa, requer de Vossa Excelência, após ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo possa realizar o serviço de roço da estrada de acesso a serra da Telern.</t>
   </si>
   <si>
     <t>3120</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3120/indicacao_no046-2019-aem.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3120/indicacao_no046-2019-aem.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos regimentais desta casa, requer de Vossa Excelência, após ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo possa colocar um corrimão na lateral do Cruzeiro, que fica no fim da  rua Jorácio Mamede Galvão.</t>
   </si>
   <si>
     <t>3121</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3121/indicacao_no047-2019-jabd.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3121/indicacao_no047-2019-jabd.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos regimentais desta casa, requer de Vossa Excelência, após ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo possa fazer um melhoramento na parede do açude da Associação de Desenvolvimento Agrário Sustentável da Comunidade Bico da Arara.</t>
   </si>
   <si>
     <t>3125</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3125/indicacao_no048-2019-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3125/indicacao_no048-2019-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de sua função legislativa, e, nos termos regimentais, REQUER de Vossa Excelência, depois de ouvido o Plenário seja enviado Expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, possa realizar a pavimentação do término da rua 15 de agosto até o posto de gasolina.</t>
   </si>
   <si>
     <t>3126</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos regimentais desta casa, requer de Vossa Excelência, após ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo possa fazer a colocação de gelo baiano no canal próximo ao abrigo dos idosos.</t>
   </si>
   <si>
     <t>3127</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3127/indicacao_no050-2019-geoa.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3127/indicacao_no050-2019-geoa.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos regimentais desta casa, requer de Vossa Excelência, após ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo possa fazer a colocação de mais coletores de lixo nas imediações das ruas do Bairro Tarcísio Bezerra e em frente a Severo, na Rua Dr, José Augusto.</t>
   </si>
   <si>
     <t>3128</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3128/indicacao_no051-2019-geoa.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3128/indicacao_no051-2019-geoa.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos regimentais desta casa, requer de Vossa Excelência, após ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo possa fazer a diminuição das lombadas do município em especial do Conjunto dos Trabalhadores, de acordo com a Lei nº 1.047/2016 em anexo que regulamenta as ondulações transversais nas vias públicas na circunscriçãio do município de Acari/RN.</t>
   </si>
   <si>
     <t>3129</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3129/indicacao_no052-2019-lfa.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3129/indicacao_no052-2019-lfa.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos regimentais desta casa, requer de Vossa Excelência, após ouvido o Plenário que seja enviado expediente ao Chefe do Poder Executivo Estadual, para que seja estendida isenção do IPVA, prevista no inciso XIV, art. 8º da Lei Estadual nº 6.967/1996, aos pescadores artesanais.</t>
   </si>
   <si>
     <t>3136</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3136/indicacao_no053-2019-jrl.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3136/indicacao_no053-2019-jrl.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos_x000D_
 regimentais desta casa, requer de Vossa Excelência, após ouvido o Plenário que seja_x000D_
 enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro_x000D_
 das possibilidades, possa realizar a doação de um veículo para a Sociedade Vicentina_x000D_
 de Assistência Social (Abrigo dos Idosos).</t>
   </si>
   <si>
     <t>3137</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3137/indicacao_no054-2019-lfa.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3137/indicacao_no054-2019-lfa.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos_x000D_
 regimentais desta casa, requer de Vossa Excelência, após ouvido o Plenário que_x000D_
 seja enviado expediente ao Chefe do Poder Executivo Municipal, sugerindo a_x000D_
 implantação de Wi-Fi livre para as comunidades de Gargalheiras e Bulhões.</t>
   </si>
   <si>
     <t>3138</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3138/indicacao_no055-2019-lfa.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3138/indicacao_no055-2019-lfa.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos_x000D_
 regimentais desta casa, requer de Vossa Excelência, após ouvido o Plenário que_x000D_
 seja enviado expediente ao Chefe do Poder Executivo Municipal, para que dentro_x000D_
 das possibilidades, seja tomada providência no sentido de recuperar a fossa coletiva_x000D_
 existente no lado esquerdo da vila no Povoado Gargalheiras.</t>
   </si>
   <si>
     <t>3139</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3139/indicacao_no056-2019-lfa.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3139/indicacao_no056-2019-lfa.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos_x000D_
 regimentais desta casa, requer de Vossa Excelência, após ouvido o Plenário que_x000D_
 seja enviado expediente ao Chefe do Poder Executivo Municipal, para que dentro_x000D_
 das possibilidades, seja construído o esgoto geral com fossa coletiva das duas ruas_x000D_
 de quem entra, sendo no lado direito no Povoado Gargalheiras</t>
   </si>
   <si>
     <t>3140</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de sua função legislativa, e nos termos_x000D_
 regimentais desta casa, requer de Vossa Excelência, após ouvido o Plenário seja_x000D_
 enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo,_x000D_
 dentro das possibilidades, possa colocar BARRAS DE PROTEÇÃO começando no_x000D_
 Bistrô até a parede do Açude Marechal Dutra, (Açude Gargalheiras).</t>
   </si>
   <si>
     <t>3141</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3141/indicacao_no058-2019-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3141/indicacao_no058-2019-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de sua função legislativa, e nos termos_x000D_
 regimentais desta casa, requer de Vossa Excelência, após ouvido o Plenário seja_x000D_
 enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo,_x000D_
 dentro das possibilidades, possa disponibilizar um gari duas vezes por semana no_x000D_
 Povoado Gargalheiras.</t>
   </si>
   <si>
     <t>3142</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3142/indicacao_no059-2019-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3142/indicacao_no059-2019-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de sua função legislativa, e nos termos regimentais desta casa, requer de Vossa Excelência, após ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades,  possa construir um quebra-molas nas proximidades da residência do Sr. Evanir e da Sra. Simone.</t>
   </si>
   <si>
     <t>3143</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3143/indicacao_no060-2019-geoa.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3143/indicacao_no060-2019-geoa.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos regimentais desta casa, requer de Vossa Excelência, após ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo dentro das possibilidades, possa disponibilizar livros para a Biblioteca da Unidade Escolar General Rodrigo Otávio  em Gargalheiras.</t>
   </si>
   <si>
     <t>3144</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3144/indicacao_no061-2019-geoa.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3144/indicacao_no061-2019-geoa.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos regimentais desta casa, requer de Vossa Excelência, após ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo dentro das possibilidades, possa  reformar a Unidade Escolar General Rodrigo Otávio  em Gargalheiras.</t>
   </si>
   <si>
     <t>3145</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3145/indicacao_no062-2019-geoa.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3145/indicacao_no062-2019-geoa.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos regimentais desta casa, requer de Vossa Excelência, após ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo dentro das possibilidades, possa  instalar um espaço infantil nas imediações do Terminal Turístico de Gargalheiras.</t>
   </si>
   <si>
     <t>3146</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3146/indicacao_no063-2019-zrs.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3146/indicacao_no063-2019-zrs.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos regimentais desta casa, requer de Vossa Excelência, após ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo dentro das possibilidades, possa construir uma academia de ginástica na praça ao lado da quadra do povoado Gargalheiras.</t>
   </si>
   <si>
     <t>3147</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3147/indicacao_no064-2019-zrs.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3147/indicacao_no064-2019-zrs.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos regimentais desta casa, requer de Vossa Excelência, após ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo dentro das possibilidades, possa disponibilizar uma moto para a secretaria de saúde.</t>
   </si>
   <si>
     <t>3148</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3148/indicacao_no065-2019-zrs.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3148/indicacao_no065-2019-zrs.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos regimentais desta casa, requer de Vossa Excelência, após ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo dentro das possibilidades, possa fazer o serviço de recuperação das estradas das pedreiras do município.</t>
   </si>
   <si>
     <t>3167</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3167/indicacao_no066-2019-fdb.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3167/indicacao_no066-2019-fdb.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos regimentais desta casa, requer de Vossa Excelência, após ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo dentro das possibilidades, possa tomar as necessárias providências no sentido de arborizar todas as praças do município.</t>
   </si>
   <si>
     <t>3168</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3168/indicacao_no067-2019-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3168/indicacao_no067-2019-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de sua função legislativa, e, nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo  dentro das possibilidades do Município viabilize junto a Secretaria Municipal de Educação e Cultura, uma sala de aula para instrumentos de cordas no nosso Município.</t>
   </si>
   <si>
     <t>3169</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3169/indicacao_no068-2019-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3169/indicacao_no068-2019-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de suas funções legislativo, e, nos termos regimentais, REQUER de Vossa Excelência, depois de ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que dentro das possibilidades financeiras o mesmo interceda junto à coordenadoria de esportes para que sejam criadas escolinhas municipais de futebol, handebol e voleibol dentre outras modalidades.</t>
   </si>
   <si>
     <t>3170</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3170/indicacao_no069-2019-jabd.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3170/indicacao_no069-2019-jabd.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de suas funções legislativas, e, nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja concedido Título de CIDADANIA ACARIENSE ao Sr.  FRANCIMAR DE ARAÚJO GALVÃO e ao Sr. SEBASTIÃO ARNÓBIO DE MORAIS.</t>
   </si>
   <si>
     <t>3171</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3171/indicacao_no070-2019-fdb.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3171/indicacao_no070-2019-fdb.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de suas funções legislativas, e, nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja concedido Título de CIDADANIA ACARIENSE à Sra.  LARISSA LUANA GALVÃO MARINHO DE ARRUDA CÂMARA e à Sra. MARIA CRISTINA BEZERRA</t>
   </si>
   <si>
     <t>3172</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3172/indicacao_no071-2019-lfa.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3172/indicacao_no071-2019-lfa.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de suas funções legislativas, e, nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja concedido Título de CIDADANIA ACARIENSE ao Sr.  JOSÉ ERIVAN DA SILVA e ao Sr. FRANCISCO ROBERTO DE SOUSA SANTOS  .</t>
   </si>
   <si>
     <t>3173</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3173/indicacao_no072-2019-jrl.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3173/indicacao_no072-2019-jrl.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de suas funções legislativas, e, nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja concedido Título de CIDADANIA ACARIENSE ao Sr. IURI GALVÃO DE ALMEIDA e ao Sr. AMARO SALES DE ARAÚJO.</t>
   </si>
   <si>
     <t>3175</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3175/indicacao_no073-2019-fdb.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3175/indicacao_no073-2019-fdb.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos regimentais desta casa, requer de Vossa Excelência, após ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo dentro das possibilidades, possa reativar a feira de produtos orgânicos do Projeto PAIS..</t>
   </si>
   <si>
     <t>3176</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3176/indicacao_no074-2019-jabd.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3176/indicacao_no074-2019-jabd.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de suas funções legislativas, e, nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja concedida a Comenda PAULO FRASSINETE BEZERRA ao Sr. FERNANDO ANTÔNIO BEZERRA.</t>
   </si>
   <si>
     <t>3177</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3177/indicacao_no075-2019-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3177/indicacao_no075-2019-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de suas funções legislativas, e, nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja concedido Título de CIDADANIA ACARIENSE ao Sr. DIÓGENES DE ARAÚJO SANTIAGO e à Sra. SIMONE GONÇALVES BRAZ DE ALBUQUERQUE</t>
   </si>
   <si>
     <t>3178</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3178/indicacao_no076-2019-geoa.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3178/indicacao_no076-2019-geoa.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos regimentais desta casa, requer de Vossa Excelência, após ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo dentro das possibilidades, possa colocar placas de sinalização de trânsito na Rua Major Hortêncio, ao lado da residência do Sr. Félix Medeiros.</t>
   </si>
   <si>
     <t>3179</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3179/indicacao_no077-2019-zrs.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3179/indicacao_no077-2019-zrs.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de suas funções legislativas, e, nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja concedido Título de CIDADANIA ACARIENSE ao Sr. SEBASTIÃO DE AZEVÊDO BACA e ao Sr. EMERSON DA SILVA COSTA.</t>
   </si>
   <si>
     <t>3180</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3180/indicacao_no078-2019-aem.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3180/indicacao_no078-2019-aem.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de suas funções legislativas, e, nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja concedido Título de CIDADANIA ACARIENSE ao Sr. JAELSON DANTAS DE MEDEIROS BRITO e à Sra. DANÚBIA DANTAS DA SILVA.</t>
   </si>
   <si>
     <t>3181</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de suas funções legislativas, e, nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja concedida a Comenda PAULO FRASSINETE BEZERRA ao Sr. RAIMUNDO JERÔNIMO DANTAS.</t>
   </si>
   <si>
     <t>3182</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3182/indicacao_no080-2019-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3182/indicacao_no080-2019-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de suas funções legislativas, e, nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja concedida a Comenda PAULO FRASSINETE BEZERRA ao Sr. CÍCERO JOSÉ DE ARAÚJO SILVA.</t>
   </si>
   <si>
     <t>3183</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3183/indicacao_no081-2019-jrl.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3183/indicacao_no081-2019-jrl.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de suas funções legislativas, e, nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja concedida a Comenda PAULO FRASSINETE BEZERRA ao Sr. GILVAN SANTOS DE SOUZA.</t>
   </si>
   <si>
     <t>3184</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3184/indicacao_no082-2019-zrs.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3184/indicacao_no082-2019-zrs.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de suas funções legislativas, e, nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja concedida a Comenda PAULO FRASSINETE BEZERRA ao Sr. ALMIR FERNANDES CAMPOS.</t>
   </si>
   <si>
     <t>3185</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3185/indicacao_no083-2019-geoa.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3185/indicacao_no083-2019-geoa.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de suas funções legislativas, e, nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja concedido Título de CIDADANIA ACARIENSE ao Sr. JHONATHAN LIMA DE SOUZA e ao Sr. FÁBIO BARROS DE LIMA.</t>
   </si>
   <si>
     <t>3186</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de suas funções legislativas, e, nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja concedido Título de CIDADANIA ACARIENSE à Sra. SÔNIA LEITE PINTO e à Sra. LETÍCIA DANTAS SILVA.</t>
   </si>
   <si>
     <t>3187</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3187/indicacao_no085-2019-geoa.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3187/indicacao_no085-2019-geoa.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de suas funções legislativas, e, nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja concedida a Comenda PAULO FRASSINETE BEZERRA à Sra. MARIA JOSÉ MAMEDE GALVÃO.</t>
   </si>
   <si>
     <t>3188</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3188/indicacao_no086-2019-lfa.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3188/indicacao_no086-2019-lfa.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de suas funções legislativas, e, nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja concedida a Comenda PAULO FRASSINETE BEZERRA ao Sr. FRANCISCO CANINDÉ DE MEDEIROS.</t>
   </si>
   <si>
     <t>3189</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3189/indicacao_no087-2019-fdb.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3189/indicacao_no087-2019-fdb.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de suas funções legislativas, e, nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja concedida a Comenda PAULO FRASSINETE BEZERRA ao Sr. JOSELITO JESUS DE ARAÚJO SILVA.</t>
   </si>
   <si>
     <t>3190</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3190/indicacao_no088-2019-mad.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3190/indicacao_no088-2019-mad.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de suas funções legislativas, e, nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja concedida a Comenda PAULO FRASSINETE BEZERRA ao Sr. ADRIANO CAMPELO DA SILVA.</t>
   </si>
   <si>
     <t>3191</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3191/indicacao_no089-2019-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3191/indicacao_no089-2019-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de suas funções legislativo, e, nos termos regimentais, REQUER de Vossa Excelência, depois de ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que dentro das possibilidades, possa concluir a pavimentação da Rua Silvino Adonias Bezerra, no trecho que corresponde em frente a residência da Sra. Marluce Medeiros.</t>
   </si>
   <si>
     <t>3206</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3206/indicacao_no090-2019-zrs.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3206/indicacao_no090-2019-zrs.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de suas funções legislativo, e, nos termos regimentais, REQUER de Vossa Excelência, depois de ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo dentro das possibilidades, possa construir um muro de arrimo na lateral do sangradouro do açude das oiticas, e a pavimentação do perímetro que corresponde entre a rua Cipriano Pereira e a RN-088.</t>
   </si>
   <si>
     <t>3220</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3220/indicacao_no091-2019-zrs.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3220/indicacao_no091-2019-zrs.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de suas funções legislativo, e, nos termos regimentais, REQUER de Vossa Excelência, depois de ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo dentro das possibilidades, possa proibir a construção de cercas na faixa molhada do açude das oiticicas.</t>
   </si>
   <si>
     <t>3221</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3221/indicacao_no092-2019-geoa.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3221/indicacao_no092-2019-geoa.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de suas funções legislativo, e, nos termos regimentais, REQUER de Vossa Excelência, depois de ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo dentro das possibilidades, possa realizar o serviço de limpeza na lateral do pontilhão que fica localizado na Rua Dr. José Augusto, na saída para o Povoado Gargalheiras.</t>
   </si>
   <si>
     <t>3222</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3222/indicacao_no093-2019-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3222/indicacao_no093-2019-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de suas funções legislativo, e, nos termos regimentais, REQUER de Vossa Excelência, depois de ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que dentro das possibilidades, possa pavimentar a travessa Manoel Batista de Araújo, no bairro Petrópolis.</t>
   </si>
   <si>
     <t>3223</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3223/indicacao_no094-2019-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3223/indicacao_no094-2019-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de sua função legislativa, e, nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo dentro das possibilidades do Município, e através da Secretaria Municipal de Assistência Social, tome providências no sentido de criar meios para facilitar a construção de caixas d’aguas nas residências que ainda não tem.</t>
   </si>
   <si>
     <t>3275</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3275/indicacao_no095-2019-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3275/indicacao_no095-2019-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de suas funções legislativas e nos termos regimentais, REQUER de Vossa Excelência, depois de ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que sejam tomadas providências, no sentido de VIABILIZAR o acesso que liga as Ruas Geraldo Guiné a Rua Manoel Aprígio Galvão, paralelo a Rua Ana Fernandes.</t>
   </si>
   <si>
     <t>3276</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3276/indicacao_no096-2019-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3276/indicacao_no096-2019-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de suas funções legislativas e nos termos regimentais, REQUER de Vossa Excelência, depois de ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que sejam tomadas providências, no sentido de recuperar a parte interna e externa da lavanderia pública Municipal denominada, Inês Dantas da Silva (Inês de Cristovão).</t>
   </si>
   <si>
     <t>3277</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3277/indicacao_no097-2019-zrs.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3277/indicacao_no097-2019-zrs.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário no uso de suas funções legislativas e nos termos regimentais REQUER de Vossa Excelência, depois de ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, dentro das possibilidades, tome as necessárias providências no sentido de reformar e pintar  as paradas de ônibus, sendo: uma na Rua Tiradentes, no Bairro Luiz Gonzaga e a outra na Rua Vicente de Moura, próximo ao hospital regional no Bairro senador Dinarte Mariz, ambas localizadas na RN-288 saindo para a cidade vizinha de Cruzeta e as outras duas localizadas na BR 427, sendo uma na saída para Currais Novos próximo ao posto das cordilheiras no Bairro Padre Cortez e a outra na saída para Carnaúba dos Dantas em frente ao cemitério público no Bairro Petrópolis.</t>
   </si>
   <si>
     <t>3278</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3278/indicacao_no098-2019-zrs.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3278/indicacao_no098-2019-zrs.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e, nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo tome as necessárias providências no sentido de construir uma Academia de Ginástica Popular no conjunto Terezinha Pereira.</t>
   </si>
   <si>
     <t>3279</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3279/indicacao_no099-2019-lfa.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3279/indicacao_no099-2019-lfa.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e, nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo tome as necessárias providências no sentido de construir um Quebra-Molas na Rua Francisco Bezerra, em frente a residência do Sr. Lula do ônibus.</t>
   </si>
   <si>
     <t>3280</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3280/indicacao_no100-2019-zrs.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3280/indicacao_no100-2019-zrs.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e, nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo tome as necessárias providências, no sentido de substituir as árvores existentes nas praças do município por árvores nativas.</t>
   </si>
   <si>
     <t>3281</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3281/indicacao_no101-2019-jabd.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3281/indicacao_no101-2019-jabd.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de suas funções legislativas, e, nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja encaminhado ao Chefe do Poder Executivo expediente ao Chefe do Poder Executivo Municipal, para que o mesmo tome as necessárias providências, no sentido de pavimentar as ruas: JOAQUINA MARIA DE ARAÚJO, EDITE DE OLIVEIRA MEDEIROS E JOANA DANTAS MEDEIROS (DONA VANDA DE ZÉ DO BAR), todas localizadas no Bairro Padre José Dantas Cortez.</t>
   </si>
   <si>
     <t>3282</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3282/indicacao_no102-2019-zrs.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3282/indicacao_no102-2019-zrs.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e, nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo, tome as necessárias providências no sentido de fazer uma recuperação e climatizar a Biblioteca Pública Municipal Maria de Jesus Bezerra, ao mesmo tempo reativar o sinal da internet com boa qualidade para que seus usuários tenha um melhor acesso.</t>
   </si>
   <si>
     <t>3283</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3283/indicacao_no103-2019-zrs.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3283/indicacao_no103-2019-zrs.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de suas funções legislativa, e, nos termos regimentais, requer de vossa excelência, após ouvido o Plenário, seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo dentro das possibilidades, possa pavimentar a rua Severina Ribeiro, localizada no Bairro Petrópolis.</t>
   </si>
   <si>
     <t>3284</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3284/indicacao_no104-2019-lfa.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3284/indicacao_no104-2019-lfa.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e, nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo tome às necessárias providências, para que os próximos campeonatos municipais de futsal e futebol de campo, após retiradas às despesas com arbitragem, a renda passe a ser dividida com às equipes participantes de cada rodada.</t>
   </si>
   <si>
     <t>3285</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3285/indicacao_no105-2019-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3285/indicacao_no105-2019-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária no uso de suas funções legislativo e nos termos regimentais REQUER de Vossa Excelência, depois de ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que sejam tomadas providências, no sentido de CRIAR O CONSELHO MUNICIPAL DA JUVENTUDE QUE FICOU INSTITUIDO PELAS LEIS FEDERAL 11129/2005 e 11692/2008.</t>
   </si>
   <si>
     <t>3286</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3286/indicacao_no106-2019-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3286/indicacao_no106-2019-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de sua função legislativa, e, nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que dentro das possibilidades seja construída uma quadra de esportes no Bairro Tarcísio Bezerra Galvão.</t>
   </si>
   <si>
     <t>3287</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3287/indicacao_no107-2019-zrs.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3287/indicacao_no107-2019-zrs.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de suas funções legislativa, e, nos termos regimentais, requer de vossa excelência, após ouvido o Plenário, seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo dentro das possibilidades, possa expandir juntamente com a CAERN, à rede de distribuição de água na comunidade Gargalheira.</t>
   </si>
   <si>
     <t>3288</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3288/indicacao_no108-2019-zrs.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3288/indicacao_no108-2019-zrs.pdf</t>
   </si>
   <si>
     <t>.              O Vereador signatário, no uso de suas funções legislativa, e, nos termos regimentais, requer de vossa excelência, após ouvido o Plenário, seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo dentro das possibilidades, possa colocar redes de proteção na quadra de areia da praça Iva Jatobá Bezerra e na quadra de areia do ginásio de esportes Dr. Jorácio Mamede Galvão.</t>
   </si>
   <si>
     <t>3289</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3289/indicacao_no109-2019-jabd.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3289/indicacao_no109-2019-jabd.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de suas funções legislativas, e, nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja encaminhado ao Chefe do Poder Municipal, para que o mesmo tome as necessárias providências, no sentido de pavimentar a rua: Maria Daguia Pereira Lima de Medeiros  (Maria de Almir), localizada no  Bairro Padre José Dantas Cortez.</t>
   </si>
   <si>
     <t>3290</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3290/indicacao_no110-2019-zrs.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3290/indicacao_no110-2019-zrs.pdf</t>
   </si>
   <si>
     <t>.              O Vereador signatário, no uso de suas funções legislativa, e, nos termos regimentais, requer de vossa excelência, após ouvido o Plenário, seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo dentro das possibilidades, possa realizar o serviço de recuperação dos equipamentos da academia da saúde, da Praça Cipriano Pereira.</t>
   </si>
   <si>
     <t>3308</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3308/indicacao_no111-2019-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3308/indicacao_no111-2019-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de suas funções legislativa, e, nos termos regimentais, REQUER de Vossa Excelência, depois de ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo tome providências no sentido de providênciar uma placa, sinalizando no entromcamento das ruas Major Hortêncio de Brito com a Maria Nunes, mais precisamente ao lado da praça do lions, denominada Pedro Ferreira de Azevêdo, informando os destinos de: cruzeta, são josé e caicó, com a quilometragem correspondente.</t>
   </si>
   <si>
     <t>3309</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3309/indicacao_no112-2019-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3309/indicacao_no112-2019-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de suas funções legislativas, e, nos termos regimentais, REQUER de Vossa Excelência, depois de ouvido o Plenário que seja enviado expediente ao Chefe do Poder Executivo Municipal, solicitando a colocação de bancos de assento na escola Municipal Profª Terezinha de Lourdes Galvão, para que os pais dos alunos possam aguardar a saída dos seus filhos sentados.</t>
   </si>
   <si>
     <t>3310</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3310/indicacao_no113-2019-aem.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3310/indicacao_no113-2019-aem.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de suas funções legislativa, e, nos termos regimentais, requer de vossa excelência, após ouvido o Plenário, seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo dentro das possibilidades, possa disponibilizar um varredor para as ruas: Enéas Pires Galvão, Nelson Feliciano, Pedro Etelvino de Gões, Pedro Damião de Medeiros e Travessa José Nilson de Macêdo, por um período de no mínimo duas vezes semanalmente.</t>
   </si>
   <si>
     <t>3311</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3311/indicacao_no114-2019-aem.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3311/indicacao_no114-2019-aem.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de suas funções legislativa, e, nos termos regimentais, requer de vossa excelência, após ouvido o Plenário, seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo dentro das possibilidades, possa concluir as pavimentações das ruas: José Eloi de Sousa e Travesssa Sérvulo Braz.</t>
   </si>
   <si>
     <t>3316</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3316/indicacao_no115-2019-jabd.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3316/indicacao_no115-2019-jabd.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de suas funções legislativas, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário seja concedida a Comenda Professora ALMIRA ARAÚJO à Sra. MARIA DO SOCORRO MEDEIROS DE BRITO.</t>
   </si>
   <si>
     <t>3317</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3317/indicacao_no116-2019-aem.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3317/indicacao_no116-2019-aem.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de suas funções legislativas, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário seja concedida a Comenda Professora ALMIRA ARAÚJO à Sra. MARLUCE MEDEIROS.</t>
   </si>
   <si>
     <t>3318</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3318/indicacao_no117-2019-jrl.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3318/indicacao_no117-2019-jrl.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de suas funções legislativas, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário seja concedida a Comenda Professora ALMIRA ARAÚJO à Sra. VERA LÚCIA DE AZEVÊDO.</t>
   </si>
   <si>
     <t>3319</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3319/indicacao_no118-2019-geoa.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3319/indicacao_no118-2019-geoa.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de suas funções legislativas, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário seja concedida a Comenda Professora ALMIRA ARAÚJO à Sra. MARIA CÉLIA DA SILVA OLIVEIRA.</t>
   </si>
   <si>
     <t>3320</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de sua função legislativa, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo tome as providências no sentido de  arborizar e colocar bancos nos canteiros dos calçamentos do bairro petrópolis.</t>
   </si>
   <si>
     <t>3321</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3321/indicacao_no120-2019-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3321/indicacao_no120-2019-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de suas funções legislativas, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário seja concedida a Comenda Professora ALMIRA ARAÚJO à Sra. LÚCIA ARAÚJO DANTAS DA SILVA.</t>
   </si>
   <si>
     <t>3322</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3322/indicacao_no121-2019-geoa.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3322/indicacao_no121-2019-geoa.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos regimentais desta casa, requer de Vossa Excelência, após ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo dentro das possibilidades, possa fazer a reposição de duas coletoras no Povoado Gargalheira, sendo: uma na vila do Sr. Neto cambista e outra na vila do Sr. Trapiá.</t>
   </si>
   <si>
     <t>3323</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3323/indicacao_no122-2019-jabd.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3323/indicacao_no122-2019-jabd.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de suas funções legislativas, e, nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja encaminhado ao Chefe do Poder Municipal, para que o mesmo tome as necessárias providências, no sentido de adcionar mais 03 (três) refletores e colocar rede de proteção na parte que não existe a tela de proteção na quadra de esportes José Braz Filho, localizada no Povoado Bulhões.</t>
   </si>
   <si>
     <t>3324</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3324/indicacao_no123-2019-lfa.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3324/indicacao_no123-2019-lfa.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de suas funções legislativas, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário seja concedida a Comenda Professora ALMIRA ARAÚJO ao Sr. JOSÉ JODAILSON DE ARAÚJO.</t>
   </si>
   <si>
     <t>3325</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3325/indicacao_no124-2019-mad.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3325/indicacao_no124-2019-mad.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de suas funções legislativas, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário seja concedida a Comenda Professora ALMIRA ARAÚJO a Sra. MARIA APARECIDA DANTAS SILVA.</t>
   </si>
   <si>
     <t>3326</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3326/indicacao_no125-2019-lfa.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3326/indicacao_no125-2019-lfa.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e, nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo tome às necessárias providências, no sentido de adquirir um terreno para a construção de casas populares.</t>
   </si>
   <si>
     <t>3327</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3327/indicacao_no126-2019-zrs.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3327/indicacao_no126-2019-zrs.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de suas funções legislativas, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário seja concedida a Comenda Professora ALMIRA ARAÚJO á Sra. ANA LUCAS DANTAS.</t>
   </si>
   <si>
     <t>3328</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3328/indicacao_no127-2019-zrs.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3328/indicacao_no127-2019-zrs.pdf</t>
   </si>
   <si>
     <t>.              O Vereador signatário, no uso de suas funções legislativa, e, nos termos regimentais, requer de vossa excelência, após ouvido o Plenário, seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo dentro das possibilidades, possa fazer o serviço de retirada do Lajeiro que fica entre as ruas João Solon de Medeiros Filho e a rua Maria Daguia Pereira Lima de Medeiros.</t>
   </si>
   <si>
     <t>3329</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3329/indicacao_no128-2019-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3329/indicacao_no128-2019-asmc.pdf</t>
   </si>
   <si>
     <t>.            A Vereadora signatária, no uso de suas funções legislativo e nos termos regimentais REQUER de Vossa Excelência, depois de ouvido o Plenário, seja enviado expediente ao Chefe do Poder Executivo Municipal, para que dentro das possibilidades do município seja criado um ponto de apoio e venda dos produtos desenvolvidos pelos artesãos, e como sugestão seria muito oportuno que fosse usado o espaço do coreto da Praça Cipriano Pereira no Centro de nossa Cidade.</t>
   </si>
   <si>
     <t>3330</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3330/indicacao_no129-2019-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3330/indicacao_no129-2019-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de suas funções legislativas, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário que seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo INSTITUA EM NOSSO MUNICÍPIO O CONSELHO MUNICIPAL DOS DIREITOS DA MULHER.</t>
   </si>
   <si>
     <t>3331</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3331/indicacao_no130-2019-fdb.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3331/indicacao_no130-2019-fdb.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de suas funções legislativas, e nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário seja concedida a Comenda Professora ALMIRA ARAÚJO ao Sr. GIRLENE EDSON DE OLIVEIRA AMARO.</t>
   </si>
   <si>
     <t>3332</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3332/indicacao_no131-2019-geoa.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3332/indicacao_no131-2019-geoa.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e nos termos regimentais desta casa, requer de Vossa Excelência, após ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo dentro das possibilidades, possa aumentar o número de bancos, coletoras e arborizar a praça de eventos Iva Jatobá Bezerra.</t>
   </si>
   <si>
     <t>3333</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3333/indicacao_no132-2019-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3333/indicacao_no132-2019-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de sua função legislativa, e, nos termos regimentais, REQUER de Vossa Excelência, depois de ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo tome as necessárias providências no sentido de construir um abrigo (parada de Ônibus) logo após a Ponte Edmundo Gomes da Silva conhecida por Ponte Nova, nas imediações da Auto Elétrica 2 Irmãos.</t>
   </si>
   <si>
     <t>3334</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3334/indicacao_no133-2019-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3334/indicacao_no133-2019-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de sua função legislativa, e, nos termos regimentais, REQUER de Vossa Excelência, depois de ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo tome as necessárias providências no sentido de pavimentar as vias de acesso aos túmulos do Cemitério Morada da Paz São João Batista.</t>
   </si>
   <si>
     <t>3335</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3335/indicacao_no134-2019-zrs.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3335/indicacao_no134-2019-zrs.pdf</t>
   </si>
   <si>
     <t>.              O Vereador signatário, no uso de suas funções legislativa, e, nos termos regimentais, requer de vossa excelência, após ouvido o Plenário, seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo dentro das possibilidades, possa realizar o serviço de recuperação dos poços do município.</t>
   </si>
   <si>
     <t>3336</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3336/indicacao_no135-2019-zrs.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3336/indicacao_no135-2019-zrs.pdf</t>
   </si>
   <si>
     <t>.              O Vereador signatário, no uso de suas funções legislativa, e, nos termos regimentais, requer de vossa excelência, após ouvido o Plenário, seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo dentro das possibilidades, possa adquirir extintores para as Escolas do município, Museu e prédios públicos.</t>
   </si>
   <si>
     <t>3337</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3337/indicacao_no136-2019-lfa.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3337/indicacao_no136-2019-lfa.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e, nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo tome às necessárias providências, no sentido de fazer os aceiros das cercas, as margens das rodovías Estaduais e Federais do município.</t>
   </si>
   <si>
     <t>3338</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3338/indicacao_no137-2019-lfa.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3338/indicacao_no137-2019-lfa.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de sua função legislativa, e, nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo tome às necessárias providências, no sentido de substituir as vassouras dos Garis do município por vassouras Peti.</t>
   </si>
   <si>
     <t>3356</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3356/indicacao_no138-2019-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3356/indicacao_no138-2019-asmc.pdf</t>
   </si>
   <si>
     <t>A Vereadora signatária, no uso de sua função legislativa, e, nos termos regimentais, REQUER de Vossa Excelência, depois de ouvido o Plenário seja enviado expediente ao Chefe do Poder Executivo Municipal, para que o mesmo tome as necessárias providências, no sentido de melhorar a iluminação no entorno do Marco da Paz, no conjunto Elizabete Pereira Galvão.</t>
   </si>
   <si>
     <t>3357</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3357/indicacao_no139-2019-jabd.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3357/indicacao_no139-2019-jabd.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de suas funções legislativas, e, nos termos regimentais, REQUER de Vossa Excelência, após ouvido o Plenário, que seja encaminhado ao Chefe do Poder Municipal, para que o mesmo tome as necessárias providências, no sentido de colocar uma forra em um corredor existente entre as comunidades Ipueira do Mato e Vaca Brava.</t>
   </si>
   <si>
     <t>2964</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2964/mocoes_no001-2019-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2964/mocoes_no001-2019-asmc.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Acari, em nome da Vereadora Albervânia Silva de Medeiros Costa, associa-se ao sentimento de pesar dos familiares do Sr. Cícero Cavalcante, homem honesto, forte, trabalhador, que partiu deixando saudade.</t>
   </si>
   <si>
     <t>2976</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2976/mocoes_no002-2019-geoa.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2976/mocoes_no002-2019-geoa.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Acari, em nome do Vereador GIRLENE EDSON DE OLIVEIRA AMARO, parabeniza ao casal Sr. JOÃO NEVES DE OLIVEIRA &amp; Sra. MARIA FRANCISCA, pelos 75 anos de casados recém completados, comemorando as BODAS DE BRILHANTE.</t>
   </si>
   <si>
     <t>3052</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3052/mocoes_no003-2019-geoa.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3052/mocoes_no003-2019-geoa.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Acari, em nome do Vereador Girlene Edson de Oliveira Amaro, associa-se ao sentimento de pesar dos familiares do Sr. Leocádio Leandro Dantas (Inácio Lucas), homem honesto, forte, trabalhador, que partiu deixando saudades, mas também um grande exemplo de luta e superação.</t>
   </si>
   <si>
     <t>3053</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3053/mocoes_no004-2019-cma.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3053/mocoes_no004-2019-cma.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Acari, em nome de todos os Vereadores, parabeniza à Sra. SANDRA GIZELLE LIMA DE MEDEIROS e a equipe “Arretadas”, pela realização da corrida rústica em homenagem ao dia Internacional da Mulher.</t>
   </si>
   <si>
     <t>3054</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3054/mocoes_no005-2019-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3054/mocoes_no005-2019-asmc.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Acari, em nome da Vereadora ALBERVÂNIA SILVA DE MEDEIROS COSTA, parabeniza à Direção da Escola Municipal Major Hortêncio de Brito, pela organização com que desempenha suas atividades, proporcionando aos seus alunos um ensino de qualidade.</t>
   </si>
   <si>
     <t>3055</t>
   </si>
   <si>
     <t>A Câmara Municipal de Acari, em nome do Vereador GIRLENE EDSON DE OLIVEIRA AMARO, parabeniza o Secretário Municipal de Desenvolvimento Econômico, Turismo, Desporto e Lazer JOSENALDO RODRIGUES GUIMARÃES FILHO, por sua dedicação e empenho na luta para reativação do Conselho Municipal de Turismo de Acari-RN, contribuindo ainda mais para o desenvolvimento turístico acariense.</t>
   </si>
   <si>
     <t>3107</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3107/mocoes_no007-2019-fdb.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3107/mocoes_no007-2019-fdb.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÃO</t>
   </si>
   <si>
     <t>3234</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3234/mocoes_no008-2019-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3234/mocoes_no008-2019-asmc.pdf</t>
   </si>
   <si>
     <t>Câmara Municipal de Acari/RN, em nome da Vereadora ALBERVÂNIA SILVA DE MEDEIROS COSTA, parabeniza a CRECHE MUNICIPAL MARIA DE FATIMA DE ARAÚJO, pela realização da belissima festa das mães.</t>
   </si>
   <si>
     <t>3235</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3235/mocoes_no009-2019-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3235/mocoes_no009-2019-asmc.pdf</t>
   </si>
   <si>
     <t>Câmara Municipal de Acari/RN, em nome da Vereadora ALBERVÂNIA SILVA DE MEDEIROS COSTA, parabeniza a ESOLA MUNICIPAL CANTÍDIA AUDA PIRES, pela realização da belissima festa das mães.</t>
   </si>
   <si>
     <t>3236</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3236/mocoes_no010-2019-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3236/mocoes_no010-2019-asmc.pdf</t>
   </si>
   <si>
     <t>Câmara Municipal de Acari/RN, em nome da Vereadora ALBERVÂNIA SILVA DE MEDEIROS COSTA, parabeniza a ESOLA MUNICIPAL CIPRIANO SANTA ROSA, pela realização da belissima festa das mães.</t>
   </si>
   <si>
     <t>3237</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3237/mocoes_no011-2019-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3237/mocoes_no011-2019-asmc.pdf</t>
   </si>
   <si>
     <t>Câmara Municipal de Acari/RN, em nome da Vereadora ALBERVÂNIA SILVA DE MEDEIROS COSTA, parabeniza a ESOLA MUNICIPAL PROFª TEREZINHA DE LOURDES GALVÃO, pela realização da belíssima festa das mães.</t>
   </si>
   <si>
     <t>3238</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3238/mocoes_no012-2019-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3238/mocoes_no012-2019-asmc.pdf</t>
   </si>
   <si>
     <t>Câmara Municipal de Acari/RN, em nome da Vereadora ALBERVÂNIA SILVA DE MEDEIROS COSTA, parabeniza a ESOLA MUNICIPAL MAJOR HORTÊNCIO DE BRITO, pela realização da belissima festa das mães.</t>
   </si>
   <si>
     <t>3239</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3239/mocoes_no013-2019-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3239/mocoes_no013-2019-asmc.pdf</t>
   </si>
   <si>
     <t>Câmara Municipal de Acari/RN, em nome da Vereadora ALBERVÂNIA SILVA DE MEDEIROS COSTA, parabeniza a ESOLA MUNICIPAL PROFª PORFÍRIA PIRES, pela realização da belissima festa das mães.</t>
   </si>
   <si>
     <t>3240</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3240/mocoes_no014-2019-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3240/mocoes_no014-2019-asmc.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Acari/RN, em nome da Vereadora ALBERVÂNIA SILVA DE MEDEIROS COSTA, parabeniza a jovem ARIANE CLARA DE MEDEIROS SILVA, eleita MISS ACARI-RN 2019 .</t>
   </si>
   <si>
     <t>3241</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3241/mocoes_no015-2019-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3241/mocoes_no015-2019-asmc.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Acari/RN, em nome da Vereadora ALBERVÂNIA SILVA DE MEDEIROS COSTA, parabeniza o jovem ALAN VICTOR VENCESLAU, eleito MISTER ACARI-RN  2019.</t>
   </si>
   <si>
     <t>3242</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3242/mocoes_no016-2019-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3242/mocoes_no016-2019-asmc.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Acari/RN, em nome da Vereadora ALBERVÂNIA SILVA DE MEDEIROS COSTA, parabeniza a atleta do tiro esportivo ALDINEIDE DANTAS (NININHA), pela dedicação e resultados obtidos na prática desse esporte.</t>
   </si>
   <si>
     <t>3243</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3243/mocoes_no017-2019-geoa.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3243/mocoes_no017-2019-geoa.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Acari, em nome do Vereador Girlene Edson de Oliveira Amaro, associa-se ao sentimento de pesar dos familiares da Sra. Ana Celsa Dantas._x000D_
            Que Deus possa confortar o coração de todos os familiares e amigos.</t>
   </si>
   <si>
     <t>3244</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3244/mocoes_no018-2019-jabd_e_geoa.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3244/mocoes_no018-2019-jabd_e_geoa.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Acari/RN, em nome dos Vereadores José Ari Bezerra Dantas e Girlene Edson de Oliveira Amaro, parabeniza o Sindicato dos Trabalhadores e Trabalhadoras Rurais de Acari/RN pelos seus 47 anos de existência, sempre pautando o seu trabalho na busca pela efetivação dos direitos do homem e da mulher do campo._x000D_
 É um privilégio ter em nosso município uma entidade tão séria, respeitável, comprometida com a coletividade e com a defesa dos cidadãos da zona rural. O Sindicato dos Trabalhadores e Trabalhadoras Rurais de Acari/RN é, antes de tudo, um espaço onde o acariense se sente representado. E isso é fruto de muito trabalho e dedicação de toda a equipe._x000D_
 Parabéns a todos que fazem o Sindicato dos Trabalhadores e Trabalhadoras Rurais de Acari/RN! Vocês são atores importantíssimos da história do nosso município!_x000D_
 Acari/RN, 17 de julho de 2019.</t>
   </si>
   <si>
     <t>3245</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3245/mocoes_no019-2019-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3245/mocoes_no019-2019-asmc.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Acari/RN, em nome da Vereadora Albervânia Silva de Medeiros Costa, parabeniza o coral Amália Rodrigues de Carvalho, pelas belíssimas apresentações durante as novenas de Nossa Senhora da Guia.</t>
   </si>
   <si>
     <t>3246</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3246/mocoes_no020-2019-lfa.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3246/mocoes_no020-2019-lfa.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Acari/RN, em nome do Vereador Leonardo Ferreira de Azevêdo, parabeniza o Padre Fabiano Maurício Dantas, pela realização da belíssima festa religiosa de Nossa Senhora da Guia à frente da Paróquia.</t>
   </si>
   <si>
     <t>3247</t>
   </si>
   <si>
     <t>A Câmara Municipal de Acari/RN, em nome do Vereador Leonardo Ferreira de Azevêdo, parabeniza à Sra. Maria Júlia de Souza, por seus 90 anos recém completados.</t>
   </si>
   <si>
     <t>3248</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3248/mocoes_no022-2019-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3248/mocoes_no022-2019-asmc.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Acari/RN, em nome da Vereadora Albervânia Silva de Medeiros Costa, parabeniza o Sr. Albervan Cirne de Medeiros, pelo trabalho que desempenha à frente da Polícia Militar do Rio Grande do Norte.</t>
   </si>
   <si>
     <t>3249</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3249/mocoes_no023-2019-aem.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3249/mocoes_no023-2019-aem.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Acari/RN, em nome do Vereador Armando Etelvino de Medeiros, parabeniza o Sr. Paulo Alves da Silva, por seus sessenta anos de vida recém completados.</t>
   </si>
   <si>
     <t>3250</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3250/mocoes_no024-2019-aem.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3250/mocoes_no024-2019-aem.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Acari/RN, em nome do Vereador Armando Etelvino de Medeiros, parabeniza a ASSOCIAÇÃO CAMINHOS DA CIDADANIA (POLÍCIA MIRIM), pela belíssima apresentação no desfile cívico.</t>
   </si>
   <si>
     <t>2957</t>
   </si>
   <si>
     <t>OASMC</t>
   </si>
   <si>
     <t>Ofícios Exp. do Gabinete da Vereadora Albervania</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2957/oficio_no_001-2019_-_educacao.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2957/oficio_no_001-2019_-_educacao.pdf</t>
   </si>
   <si>
     <t>Convite.</t>
   </si>
   <si>
     <t>2958</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2958/oficio_no_002-2019_-_caern.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2958/oficio_no_002-2019_-_caern.pdf</t>
   </si>
   <si>
     <t>Solicitação de melhoria no abastecimento d’água de Acari.</t>
   </si>
   <si>
     <t>3132</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3132/oficio_no_003-2019_-_ric.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3132/oficio_no_003-2019_-_ric.pdf</t>
   </si>
   <si>
     <t>Solicitação de serviço.</t>
   </si>
   <si>
     <t>3203</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3203/oficio_no_004-2019_-_caern.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3203/oficio_no_004-2019_-_caern.pdf</t>
   </si>
   <si>
     <t>Solicitação de informações</t>
   </si>
   <si>
     <t>3204</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3204/oficio_no_005-2019_-_caern.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3204/oficio_no_005-2019_-_caern.pdf</t>
   </si>
   <si>
     <t>Solicitação de informações.</t>
   </si>
   <si>
     <t>3228</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3228/oficio_no_006-2019_-_caern.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3228/oficio_no_006-2019_-_caern.pdf</t>
   </si>
   <si>
     <t>3229</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3229/oficio_no_007-2019_-_caern.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3229/oficio_no_007-2019_-_caern.pdf</t>
   </si>
   <si>
     <t>3347</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3347/oficio_no_008-2019_-_uern.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3347/oficio_no_008-2019_-_uern.pdf</t>
   </si>
   <si>
     <t>3348</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3348/oficio_no_009-2019_-_rodrigues.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3348/oficio_no_009-2019_-_rodrigues.pdf</t>
   </si>
   <si>
     <t>3349</t>
   </si>
   <si>
     <t>Solicitação de serviço</t>
   </si>
   <si>
     <t>3358</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3358/oficio_no_011-2019_-_governadora.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3358/oficio_no_011-2019_-_governadora.pdf</t>
   </si>
   <si>
     <t>Solicitação de apoio parlamentar.</t>
   </si>
   <si>
     <t>3359</t>
   </si>
   <si>
     <t>3360</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3360/oficio_no_013-2019_-_cel_azevedo.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3360/oficio_no_013-2019_-_cel_azevedo.pdf</t>
   </si>
   <si>
     <t>Solicitação de emenda parlamentar.</t>
   </si>
   <si>
     <t>3361</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3361/oficio_no_014-2019_-_rodrigues.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3361/oficio_no_014-2019_-_rodrigues.pdf</t>
   </si>
   <si>
     <t>3362</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3362/oficio_no_015-2019_-_jose_rivaldo_lima.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3362/oficio_no_015-2019_-_jose_rivaldo_lima.pdf</t>
   </si>
   <si>
     <t>3363</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3363/oficio_no_016-2019_-_prefeito.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3363/oficio_no_016-2019_-_prefeito.pdf</t>
   </si>
   <si>
     <t>3364</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3364/oficio_no_017-2019_-_jose_rivaldo_lima.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3364/oficio_no_017-2019_-_jose_rivaldo_lima.pdf</t>
   </si>
   <si>
     <t>Solicitação de Serviço.</t>
   </si>
   <si>
     <t>3365</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3365/oficio_no_018-2019_-_vice-_prefeito.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3365/oficio_no_018-2019_-_vice-_prefeito.pdf</t>
   </si>
   <si>
     <t>3202</t>
   </si>
   <si>
     <t>OMAD</t>
   </si>
   <si>
     <t xml:space="preserve">Ofícios Exp. do Gabinete da Vereadora Marineide </t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3202/oficio_no_001-2019_-_senar.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3202/oficio_no_001-2019_-_senar.pdf</t>
   </si>
   <si>
     <t>Solicitação de cursos para o município de Acari/RN.</t>
   </si>
   <si>
     <t>3205</t>
   </si>
   <si>
     <t>OAEM</t>
   </si>
   <si>
     <t>Ofícios Exp. do Gabinete do Vereador Armando</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3205/oficio_no_001-2019_-_ric.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3205/oficio_no_001-2019_-_ric.pdf</t>
   </si>
   <si>
     <t>Solicitação de informação.</t>
   </si>
   <si>
     <t>2987</t>
   </si>
   <si>
     <t>OGEOA</t>
   </si>
   <si>
     <t xml:space="preserve">Ofícios Exp. do Gabinete do Vereador Girlene </t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2987/oficio_no_001-2019_-_secretario_de_obras_-_copia.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2987/oficio_no_001-2019_-_secretario_de_obras_-_copia.pdf</t>
   </si>
   <si>
     <t>2988</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2988/oficio_no_002-2019_-_prefeito.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2988/oficio_no_002-2019_-_prefeito.pdf</t>
   </si>
   <si>
     <t>3050</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3050/oficio_no_003-2019_-_der.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3050/oficio_no_003-2019_-_der.pdf</t>
   </si>
   <si>
     <t>3051</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3051/oficio_no_004-2019_-_vigilancia_sanitaria.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3051/oficio_no_004-2019_-_vigilancia_sanitaria.pdf</t>
   </si>
   <si>
     <t>Solicito uma visita técnica à Escola Municipal Cantídia Auda Pires, no Bairro Luiz Gonzaga, para averiguar uma situação relatada por alguns moradores quanto a existência de vários pombos naquela localidade. A presença desses animais preocupa os moradores, pois há o risco da proliferação de doenças, como a meningite.</t>
   </si>
   <si>
     <t>3106</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3106/oficio_no_005-2019_-_dep._hermano.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3106/oficio_no_005-2019_-_dep._hermano.pdf</t>
   </si>
   <si>
     <t>Solicitação de apoio parlamentar</t>
   </si>
   <si>
     <t>3192</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3192/oficio_no_006-2019_-_dep._vicentinho.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3192/oficio_no_006-2019_-_dep._vicentinho.pdf</t>
   </si>
   <si>
     <t>Solicitação de material.</t>
   </si>
   <si>
     <t>3193</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3193/oficio_no_007-2019_-_secretario_de_obras_-_copia.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3193/oficio_no_007-2019_-_secretario_de_obras_-_copia.pdf</t>
   </si>
   <si>
     <t>Senhor Secretário,_x000D_
 _x000D_
            Solicito de Vossa Senhoria, dentro das possibilidades, que seja feita a limpeza no entorno da parede do açude Marechal Dutra.</t>
   </si>
   <si>
     <t>3194</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3194/oficio_no_008-2019_-_secretario_de_obras_-_copia.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3194/oficio_no_008-2019_-_secretario_de_obras_-_copia.pdf</t>
   </si>
   <si>
     <t>Solicito de Vossa Senhoria, dentro das possibilidades, que seja feito o serviço de recuperação na iluminação de acesso a Pousada Gargalheiras.</t>
   </si>
   <si>
     <t>3195</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3195/oficio_no_009-_2019_-_dnocs.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3195/oficio_no_009-_2019_-_dnocs.pdf</t>
   </si>
   <si>
     <t>Cumprimentando-o cordialmente, solicito deste órgão o ordenamento dos pontos de alimentação no entorno do açude Marechal Dutra (Gargalheiras).</t>
   </si>
   <si>
     <t>3196</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3196/oficio_no_010-2019_-_secretario_de_obras_-_copia.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3196/oficio_no_010-2019_-_secretario_de_obras_-_copia.pdf</t>
   </si>
   <si>
     <t>Solicito de Vossa Senhoria, dentro das possibilidades, que seja feito o serviço de recuperação do mata-burro existente em frente a residência da Sra. Lourdes, no Povoado Gargalheiras.</t>
   </si>
   <si>
     <t>3197</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3197/oficio_no_011-2019_-_secretario_de_obras_-_copia.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3197/oficio_no_011-2019_-_secretario_de_obras_-_copia.pdf</t>
   </si>
   <si>
     <t>Solicito de Vossa Senhoria, dentro das possibilidades, que seja feito o corte das árvores da Praça Antão Lopes e a colocação de flores ou grama no local._x000D_
 	O pleito ora formulado visa coibir a aglomeração de alcoólatras e o comércio indevido de drogas ilícitas, e dejetos (fezes, urina e lixo) na referida praça.</t>
   </si>
   <si>
     <t>3212</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3212/oficio_no_012-2019_-_marcelo_taveira.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3212/oficio_no_012-2019_-_marcelo_taveira.pdf</t>
   </si>
   <si>
     <t>Solicitação de parceria para III Seminário Científico de Acari/RN.</t>
   </si>
   <si>
     <t>3213</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3213/oficio_no_013-2019_-_secretario_de_obras_-_copia.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3213/oficio_no_013-2019_-_secretario_de_obras_-_copia.pdf</t>
   </si>
   <si>
     <t>3214</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3214/oficio_no_014-2019_-_marcelo_taveira.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3214/oficio_no_014-2019_-_marcelo_taveira.pdf</t>
   </si>
   <si>
     <t>Convite e solicitação de profissionais para III Seminário Científico de Acari/RN.</t>
   </si>
   <si>
     <t>3215</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3215/oficio_no_015-2018_-_eepiba.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3215/oficio_no_015-2018_-_eepiba.pdf</t>
   </si>
   <si>
     <t>3216</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3216/oficio_no_016-2018_-_eedjgm.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3216/oficio_no_016-2018_-_eedjgm.pdf</t>
   </si>
   <si>
     <t>3227</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3227/oficio_no_017-2019_-_secretario_de_obras_-_copia.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3227/oficio_no_017-2019_-_secretario_de_obras_-_copia.pdf</t>
   </si>
   <si>
     <t>Solicitação de mesas e cadeiras.</t>
   </si>
   <si>
     <t>3257</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3257/oficio_no_018-2019_-_emptlg.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3257/oficio_no_018-2019_-_emptlg.pdf</t>
   </si>
   <si>
     <t>Solicitação de apresentação para evento.</t>
   </si>
   <si>
     <t>3258</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3258/oficio_no_019-2019_-_emcap.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3258/oficio_no_019-2019_-_emcap.pdf</t>
   </si>
   <si>
     <t>Solicitação apresentação para evento.</t>
   </si>
   <si>
     <t>3259</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3259/oficio_no_020-2019_-_bombeiros.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3259/oficio_no_020-2019_-_bombeiros.pdf</t>
   </si>
   <si>
     <t>Solicitação de equipe de pronto-atendimento para palestra em Acari/RN.</t>
   </si>
   <si>
     <t>3303</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3303/oficio_no_021-2019_-_semude.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3303/oficio_no_021-2019_-_semude.pdf</t>
   </si>
   <si>
     <t>Solicitação de parceria para o III Seminário Científico de Acari.</t>
   </si>
   <si>
     <t>3304</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3304/oficio_no_022-2019_-_secretario_de_obras_-_copia.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3304/oficio_no_022-2019_-_secretario_de_obras_-_copia.pdf</t>
   </si>
   <si>
     <t>3305</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3305/oficio_no_023-2019_-_eepiba.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3305/oficio_no_023-2019_-_eepiba.pdf</t>
   </si>
   <si>
     <t>3306</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3306/oficio_no_024.2019docx_eedjgm.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3306/oficio_no_024.2019docx_eedjgm.pdf</t>
   </si>
   <si>
     <t>3307</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3307/oficio_no_025.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3307/oficio_no_025.pdf</t>
   </si>
   <si>
     <t>3101</t>
   </si>
   <si>
     <t>OLFA</t>
   </si>
   <si>
     <t>Ofícios Exp. do Gabinete do Vereador Leonardo</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3101/oficio_no_001-2019-_alrn.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3101/oficio_no_001-2019-_alrn.pdf</t>
   </si>
   <si>
     <t>Solicitação de serviços.</t>
   </si>
   <si>
     <t>3102</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3102/oficio_no_002-2019-_alrn_2.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3102/oficio_no_002-2019-_alrn_2.pdf</t>
   </si>
   <si>
     <t>2948</t>
   </si>
   <si>
     <t>OFEX</t>
   </si>
   <si>
     <t>Ofícios Expedidos</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2948/oficio_no_001-2019_-_bb.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2948/oficio_no_001-2019_-_bb.pdf</t>
   </si>
   <si>
     <t>Alteração do cadastro de responsáveis pela movimentação financeira da Câmara.</t>
   </si>
   <si>
     <t>2949</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2949/oficio_no_002-2019_-_caixa.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2949/oficio_no_002-2019_-_caixa.pdf</t>
   </si>
   <si>
     <t>Alteração de dados (conta nº 336-6)</t>
   </si>
   <si>
     <t>2950</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2950/oficio_no_005-2019_-_prefeito_-_balancetes.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2950/oficio_no_005-2019_-_prefeito_-_balancetes.pdf</t>
   </si>
   <si>
     <t>Encaminhamos em anexo as demonstrações contábeis desta Câmara Municipal_x000D_
 (Balancete da Receita, Balancete da Despesa, Balancete Financeiro, Folha de_x000D_
 Conciliação Bancária, Termo de Verificação de Saldo e Extrato Bancário) referentes ao_x000D_
 6º bimestre de 2018.</t>
   </si>
   <si>
     <t>2951</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2951/oficio_no_006-2019_-_prefeito.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2951/oficio_no_006-2019_-_prefeito.pdf</t>
   </si>
   <si>
     <t>Encaminhamos o recibo da Câmara Municipal de Acari/RN, contendo o valor_x000D_
 correspondente ao duodécimo a ser repassado para o Poder Legislativo referente ao_x000D_
 mês de janeiro de 2019, creditando na Conta Corrente 1028-6, Agência 0075-2, do_x000D_
 Banco do Brasil S/A, conforme nos assegura o art. nº 72, parágrafo XVII, da Lei_x000D_
 Orgânica Municipal e a Lei Municipal nº 1.113, de 21 de dezembro de 2018.</t>
   </si>
   <si>
     <t>2952</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2952/oficio_no_007-2019_-_caern.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2952/oficio_no_007-2019_-_caern.pdf</t>
   </si>
   <si>
     <t>Vimos através do presente solicitar o desligamento do serviço de fornecimento_x000D_
 de água no prédio da Câmara Municipal de Acari – RN, matrícula 35579, situado na_x000D_
 Rua Tomaz de Araújo, nº 05, Centro, Acari – RN, já que o referido imóvel é abastecido_x000D_
 por poço próprio sem nenhuma consumação do serviço fornecido pela CAERN,_x000D_
 devendo, portanto, ser cobrada apenas a taxa de esgoto.</t>
   </si>
   <si>
     <t>2953</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2953/oficio_no_008-2019_-_bb.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2953/oficio_no_008-2019_-_bb.pdf</t>
   </si>
   <si>
     <t>Situação do convênio dos consignados da Câmara.</t>
   </si>
   <si>
     <t>2959</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2959/oficio_no_009-2019_-_caixa.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2959/oficio_no_009-2019_-_caixa.pdf</t>
   </si>
   <si>
     <t>Solicitação de cancelamento de conta (conta nº 336-6)</t>
   </si>
   <si>
     <t>2960</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2960/oficio_no_010-2019_-_comunicacao_sidys.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2960/oficio_no_010-2019_-_comunicacao_sidys.pdf</t>
   </si>
   <si>
     <t>Comunicação de recursos interpostos no procedimento de pregão presencial nº 001/2019</t>
   </si>
   <si>
     <t>2967</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2967/oficio_no_011-2019_-_bb.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2967/oficio_no_011-2019_-_bb.pdf</t>
   </si>
   <si>
     <t>Autorização para acesso a extratos e saldos bancários.</t>
   </si>
   <si>
     <t>2968</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2968/oficio_no_012-2019_-_cef.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2968/oficio_no_012-2019_-_cef.pdf</t>
   </si>
   <si>
     <t>2978</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2978/oficio_no_013-2019_-_prefeito_-_balancetes.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2978/oficio_no_013-2019_-_prefeito_-_balancetes.pdf</t>
   </si>
   <si>
     <t>Envio de informações contábeis referentes à janeiro de 2019.</t>
   </si>
   <si>
     <t>2979</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2979/oficio_no_014-2019_-_prefeito.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2979/oficio_no_014-2019_-_prefeito.pdf</t>
   </si>
   <si>
     <t>Matérias aprovadas em Plenário.</t>
   </si>
   <si>
     <t>2980</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2980/oficio_no_015-2018_-_saude.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2980/oficio_no_015-2018_-_saude.pdf</t>
   </si>
   <si>
     <t>Audiência Pública para apresentação do I e II Quadrimestres de 2018.</t>
   </si>
   <si>
     <t>2981</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2981/oficio_no_016-2019-_adm.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2981/oficio_no_016-2019-_adm.pdf</t>
   </si>
   <si>
     <t>Leis Ordinárias e Complementares, Decretos e Resoluções aprovadas_x000D_
 no exercício de 2018.</t>
   </si>
   <si>
     <t>2989</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2989/oficio_no_017-2019_-_prefeito.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2989/oficio_no_017-2019_-_prefeito.pdf</t>
   </si>
   <si>
     <t>Envio de recibo.</t>
   </si>
   <si>
     <t>2990</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2990/oficio_no_018-2019_-_prefeito.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2990/oficio_no_018-2019_-_prefeito.pdf</t>
   </si>
   <si>
     <t>2991</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2991/oficio_no_019-2019_-_ric.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2991/oficio_no_019-2019_-_ric.pdf</t>
   </si>
   <si>
     <t>2992</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2992/oficio_no_020-2019-_pma-balanco.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2992/oficio_no_020-2019-_pma-balanco.pdf</t>
   </si>
   <si>
     <t>Envio de Balanço de 2018.</t>
   </si>
   <si>
     <t>3001</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3001/oficio_no_021-2019_-_prefeito.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3001/oficio_no_021-2019_-_prefeito.pdf</t>
   </si>
   <si>
     <t>3002</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3002/oficio_no_022-2019_-_obras.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3002/oficio_no_022-2019_-_obras.pdf</t>
   </si>
   <si>
     <t>Encaminhamento de requerimento.</t>
   </si>
   <si>
     <t>3003</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3003/oficio_no_023-2019_-_prefeito_-_balancetes.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3003/oficio_no_023-2019_-_prefeito_-_balancetes.pdf</t>
   </si>
   <si>
     <t>Envio de informações contábeis referentes à fevereiro de 2019.</t>
   </si>
   <si>
     <t>3056</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3056/oficio_no_024-2019_-_prefeito.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3056/oficio_no_024-2019_-_prefeito.pdf</t>
   </si>
   <si>
     <t>3057</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3057/oficio_no_025-2019_-_prefeito.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3057/oficio_no_025-2019_-_prefeito.pdf</t>
   </si>
   <si>
     <t>3058</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3058/oficio_no_026-2019_-_caixa.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3058/oficio_no_026-2019_-_caixa.pdf</t>
   </si>
   <si>
     <t>Solicitações referentes a conta nº 336-6.</t>
   </si>
   <si>
     <t>3059</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3059/oficio_no_027-2019_-_itep.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3059/oficio_no_027-2019_-_itep.pdf</t>
   </si>
   <si>
     <t>3060</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3060/oficio_no_028-2019_-_prefeito.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3060/oficio_no_028-2019_-_prefeito.pdf</t>
   </si>
   <si>
     <t>3061</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3061/oficio_no_029-2019_-_mhb.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3061/oficio_no_029-2019_-_mhb.pdf</t>
   </si>
   <si>
     <t>Projeto Câmara Mirim 2019.</t>
   </si>
   <si>
     <t>3062</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3062/oficio_no_030-2019_-_eedjgm.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3062/oficio_no_030-2019_-_eedjgm.pdf</t>
   </si>
   <si>
     <t>3063</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3063/oficio_no_031-2019_-_prefeito.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3063/oficio_no_031-2019_-_prefeito.pdf</t>
   </si>
   <si>
     <t>3064</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3064/oficio_no_032-2019_-_senador_styvenson.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3064/oficio_no_032-2019_-_senador_styvenson.pdf</t>
   </si>
   <si>
     <t>3065</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3065/oficio_no_033-2019_-_senador_jean_paul.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3065/oficio_no_033-2019_-_senador_jean_paul.pdf</t>
   </si>
   <si>
     <t>3066</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3066/oficio_no_034-2019_-_senadora_zenaide.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3066/oficio_no_034-2019_-_senadora_zenaide.pdf</t>
   </si>
   <si>
     <t>3067</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3067/oficio_no_035-2019_-_deputado_walter.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3067/oficio_no_035-2019_-_deputado_walter.pdf</t>
   </si>
   <si>
     <t>3068</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3068/oficio_no_036-2019_-_deputado_joao_maia.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3068/oficio_no_036-2019_-_deputado_joao_maia.pdf</t>
   </si>
   <si>
     <t>3069</t>
   </si>
   <si>
     <t>3070</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3070/oficio_no_038-2019_-_deputado_rafael_motta.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3070/oficio_no_038-2019_-_deputado_rafael_motta.pdf</t>
   </si>
   <si>
     <t>3071</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3071/oficio_no_039-2019_-_deputado_vicentinho.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3071/oficio_no_039-2019_-_deputado_vicentinho.pdf</t>
   </si>
   <si>
     <t>3072</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3072/oficio_no_040-2019_-_prefeito.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3072/oficio_no_040-2019_-_prefeito.pdf</t>
   </si>
   <si>
     <t>Matéria aprovada em Plenário.</t>
   </si>
   <si>
     <t>3073</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3073/oficio_no_041-2019_-_prefeito.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3073/oficio_no_041-2019_-_prefeito.pdf</t>
   </si>
   <si>
     <t>3074</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3074/oficio_no_042-2019_-_saude.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3074/oficio_no_042-2019_-_saude.pdf</t>
   </si>
   <si>
     <t>Audiência Pública para apresentação do III Quadrimestre de 2018.</t>
   </si>
   <si>
     <t>3075</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3075/oficio_no_043-2019_-_pm.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3075/oficio_no_043-2019_-_pm.pdf</t>
   </si>
   <si>
     <t>Resposta ao Ofício nº 401/2019/ARI/3ª CIPM</t>
   </si>
   <si>
     <t>3093</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3093/oficio_no_044-2019_-_prefeito.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3093/oficio_no_044-2019_-_prefeito.pdf</t>
   </si>
   <si>
     <t>3094</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3094/oficio_no_045-2019_-_tce.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3094/oficio_no_045-2019_-_tce.pdf</t>
   </si>
   <si>
     <t>Envio de Contas de Gestão – Exercício de 2018.</t>
   </si>
   <si>
     <t>3103</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3103/oficio_no_046-2019_-_prefeito.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3103/oficio_no_046-2019_-_prefeito.pdf</t>
   </si>
   <si>
     <t>3104</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3104/oficio_no_047-2019_-_mhb.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3104/oficio_no_047-2019_-_mhb.pdf</t>
   </si>
   <si>
     <t>3105</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3105/oficio_no_048-2019_-_eedjgm.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3105/oficio_no_048-2019_-_eedjgm.pdf</t>
   </si>
   <si>
     <t>3111</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3111/oficio_no_049-2019_-_prefeito.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3111/oficio_no_049-2019_-_prefeito.pdf</t>
   </si>
   <si>
     <t>3112</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3112/oficio_no_050-2019_-_prefeito_-_balancetes.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3112/oficio_no_050-2019_-_prefeito_-_balancetes.pdf</t>
   </si>
   <si>
     <t>Envio de informações contábeis referentes ao 2º bimestre de 2019.</t>
   </si>
   <si>
     <t>3122</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3122/oficio_no_051-2019_-_prefeito.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3122/oficio_no_051-2019_-_prefeito.pdf</t>
   </si>
   <si>
     <t>3123</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3123/oficio_no_052-2019_-_prefeito.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3123/oficio_no_052-2019_-_prefeito.pdf</t>
   </si>
   <si>
     <t>3124</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3124/oficio_no_053-2019.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3124/oficio_no_053-2019.pdf</t>
   </si>
   <si>
     <t>3133</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3133/oficio_no_054-2019_-_prefeito.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3133/oficio_no_054-2019_-_prefeito.pdf</t>
   </si>
   <si>
     <t>3134</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3134/oficio_no_055-2019_-_semude.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3134/oficio_no_055-2019_-_semude.pdf</t>
   </si>
   <si>
     <t>Solicitação de espaço.</t>
   </si>
   <si>
     <t>3135</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3135/oficio_no_056-2019_-_prefeito.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3135/oficio_no_056-2019_-_prefeito.pdf</t>
   </si>
   <si>
     <t>3149</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3149/oficio_no_057-2019_-_prefeito.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3149/oficio_no_057-2019_-_prefeito.pdf</t>
   </si>
   <si>
     <t>3150</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3150/oficio_no_058-2019_-_prefeito.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3150/oficio_no_058-2019_-_prefeito.pdf</t>
   </si>
   <si>
     <t>3151</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3151/oficio_no_059-2019_-_deputado_vicentinho.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3151/oficio_no_059-2019_-_deputado_vicentinho.pdf</t>
   </si>
   <si>
     <t>Convite para as festividades da padroeira de Acari/RN, Nossa Senhora da Guia.</t>
   </si>
   <si>
     <t>3152</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3152/oficio_no_060-2019_-_prefeito.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3152/oficio_no_060-2019_-_prefeito.pdf</t>
   </si>
   <si>
     <t>3153</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3153/oficio_no_061-2019_-_prefeito.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3153/oficio_no_061-2019_-_prefeito.pdf</t>
   </si>
   <si>
     <t>Matérias aprovadas em Plenário</t>
   </si>
   <si>
     <t>3154</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3154/oficio_no_062-2019_-_caixa.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3154/oficio_no_062-2019_-_caixa.pdf</t>
   </si>
   <si>
     <t>3155</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3155/oficio_no_063-2019_-_caixa.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3155/oficio_no_063-2019_-_caixa.pdf</t>
   </si>
   <si>
     <t>Comunicação</t>
   </si>
   <si>
     <t>3156</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3156/oficio_no_064-2019_-_caern.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3156/oficio_no_064-2019_-_caern.pdf</t>
   </si>
   <si>
     <t>3157</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3157/oficio_no_065-2019_-_prefeito_-_balancetes.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3157/oficio_no_065-2019_-_prefeito_-_balancetes.pdf</t>
   </si>
   <si>
     <t>Envio de informações contábeis referentes ao 3º bimestre de 2019</t>
   </si>
   <si>
     <t>3158</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3158/oficio_no_066-2019_-_prefeito.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3158/oficio_no_066-2019_-_prefeito.pdf</t>
   </si>
   <si>
     <t>3159</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3159/oficio_no_067-2019_-_prefeito.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3159/oficio_no_067-2019_-_prefeito.pdf</t>
   </si>
   <si>
     <t>Envio de recibo</t>
   </si>
   <si>
     <t>3160</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3160/oficio_no_068-2019_-_prefeito.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3160/oficio_no_068-2019_-_prefeito.pdf</t>
   </si>
   <si>
     <t>3161</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3161/oficio_no_069-2019_-_prefeito_cn.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3161/oficio_no_069-2019_-_prefeito_cn.pdf</t>
   </si>
   <si>
     <t>Solicitação de adesão à Ata de Registro de Preços nº 02.016/2019</t>
   </si>
   <si>
     <t>3162</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3162/oficio_no_070-2019_-_prefeito_-_orcamento.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3162/oficio_no_070-2019_-_prefeito_-_orcamento.pdf</t>
   </si>
   <si>
     <t>Envio de Previsão para orçamento para 2020</t>
   </si>
   <si>
     <t>3163</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3163/oficio_no_071-2019_-_alrn.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3163/oficio_no_071-2019_-_alrn.pdf</t>
   </si>
   <si>
     <t>Convite para Solenidade da Câmara Municipal de Acari/RN</t>
   </si>
   <si>
     <t>3164</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3164/oficio_no_072-2019_-_governadora.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3164/oficio_no_072-2019_-_governadora.pdf</t>
   </si>
   <si>
     <t>3165</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3165/oficio_no_073-2019_-_detran.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3165/oficio_no_073-2019_-_detran.pdf</t>
   </si>
   <si>
     <t>Solicitação de emplacamento do veículo Volkswagen Fox da Câmara Municipal de Acari/RN</t>
   </si>
   <si>
     <t>3166</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3166/oficio_no_074-2019_-_prefeito.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3166/oficio_no_074-2019_-_prefeito.pdf</t>
   </si>
   <si>
     <t>3224</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3224/oficio_no_075-2019_-_prefeito.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3224/oficio_no_075-2019_-_prefeito.pdf</t>
   </si>
   <si>
     <t>3225</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3225/oficio_no_076-2019_-_prefeito.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3225/oficio_no_076-2019_-_prefeito.pdf</t>
   </si>
   <si>
     <t>3226</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3226/oficio_no_077-2019_-_prefeito_-_balancetes.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3226/oficio_no_077-2019_-_prefeito_-_balancetes.pdf</t>
   </si>
   <si>
     <t>Envio de informações contábeis referentes ao 4º bimestre de 2019.</t>
   </si>
   <si>
     <t>3291</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3291/oficio_no_078-2019_-_prefeito.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3291/oficio_no_078-2019_-_prefeito.pdf</t>
   </si>
   <si>
     <t>3292</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3292/oficio_no_079-2019_-_caern.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3292/oficio_no_079-2019_-_caern.pdf</t>
   </si>
   <si>
     <t>Resposta à Comunicação Externa nº 01/2019.</t>
   </si>
   <si>
     <t>3293</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3293/oficio_no_080-2019_-_prefeito.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3293/oficio_no_080-2019_-_prefeito.pdf</t>
   </si>
   <si>
     <t>3294</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3294/oficio_no_081-2019_-_prefeito.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3294/oficio_no_081-2019_-_prefeito.pdf</t>
   </si>
   <si>
     <t>3295</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3295/oficio_no_082-2019_-_deputado_joao_maia.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3295/oficio_no_082-2019_-_deputado_joao_maia.pdf</t>
   </si>
   <si>
     <t>3296</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3296/oficio_no_083-2019_-_prefeito.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3296/oficio_no_083-2019_-_prefeito.pdf</t>
   </si>
   <si>
     <t>3297</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3297/oficio_no_084-2019_-_prefeito_-_balancetes.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3297/oficio_no_084-2019_-_prefeito_-_balancetes.pdf</t>
   </si>
   <si>
     <t>Envio de informações contábeis referentes à Setembro de 2019.</t>
   </si>
   <si>
     <t>3298</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3298/oficio_no_085-2019_-_prefeito.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3298/oficio_no_085-2019_-_prefeito.pdf</t>
   </si>
   <si>
     <t>3312</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3312/oficio_no_086-2019_-_prefeito.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3312/oficio_no_086-2019_-_prefeito.pdf</t>
   </si>
   <si>
     <t>3313</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3313/oficio_no_087-2019_-_prefeito.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3313/oficio_no_087-2019_-_prefeito.pdf</t>
   </si>
   <si>
     <t>Ciência da Resolução nº 006/2019.</t>
   </si>
   <si>
     <t>3314</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3314/oficio_no_088-2019_-_prefeito.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3314/oficio_no_088-2019_-_prefeito.pdf</t>
   </si>
   <si>
     <t>3315</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3315/oficio_no_089-2019_-_prefeito.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3315/oficio_no_089-2019_-_prefeito.pdf</t>
   </si>
   <si>
     <t>3350</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3350/oficio_no_090-2019_-_prefeito.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3350/oficio_no_090-2019_-_prefeito.pdf</t>
   </si>
   <si>
     <t>3351</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3351/oficio_no_091-2019_-_prefeito.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3351/oficio_no_091-2019_-_prefeito.pdf</t>
   </si>
   <si>
     <t>3352</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3352/oficio_no_092-2019_-_prefeito_-_balancetes.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3352/oficio_no_092-2019_-_prefeito_-_balancetes.pdf</t>
   </si>
   <si>
     <t>Envio de informações contábeis referentes à Outubro de 2019.</t>
   </si>
   <si>
     <t>3353</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3353/oficio_no_093-2019_-_prefeito.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3353/oficio_no_093-2019_-_prefeito.pdf</t>
   </si>
   <si>
     <t>3354</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3354/oficio_no_094-2019_-_prefeito.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3354/oficio_no_094-2019_-_prefeito.pdf</t>
   </si>
   <si>
     <t>3355</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3355/oficio_no_095-2019_-_prefeito.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3355/oficio_no_095-2019_-_prefeito.pdf</t>
   </si>
   <si>
     <t>2956</t>
   </si>
   <si>
     <t>OJABD</t>
   </si>
   <si>
     <t>Ofícios Expedidos do Gabinete do Vereador Ari</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2956/oficio_no_001_2019_-_presidencia.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2956/oficio_no_001_2019_-_presidencia.pdf</t>
   </si>
   <si>
     <t>Entrega de Relatório Técnico Conclusivo de Transição de Mandato.</t>
   </si>
   <si>
     <t>2954</t>
   </si>
   <si>
     <t>OZRS</t>
   </si>
   <si>
     <t>Ofícios Expedidos do Gabinete do Vereador Zuil</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2954/oficio_no_001-2019_-_ric.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2954/oficio_no_001-2019_-_ric.pdf</t>
   </si>
   <si>
     <t>solicitação de serviço.</t>
   </si>
   <si>
     <t>2955</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2955/oficio_no_002-2019_-_ric.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2955/oficio_no_002-2019_-_ric.pdf</t>
   </si>
   <si>
     <t>2977</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2977/oficio_no_003-2019_-_ric.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2977/oficio_no_003-2019_-_ric.pdf</t>
   </si>
   <si>
     <t>2993</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2993/oficio_no_004-2019_-_ric.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2993/oficio_no_004-2019_-_ric.pdf</t>
   </si>
   <si>
     <t>3086</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3086/oficio_no_005-2019_-_saude.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3086/oficio_no_005-2019_-_saude.pdf</t>
   </si>
   <si>
     <t>solicitação de informações.</t>
   </si>
   <si>
     <t>3087</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3087/oficio_no_006-2019_-_saude.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3087/oficio_no_006-2019_-_saude.pdf</t>
   </si>
   <si>
     <t>3088</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3088/oficio_no_007-_2019_-_josenaldo_rodrigues.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3088/oficio_no_007-_2019_-_josenaldo_rodrigues.pdf</t>
   </si>
   <si>
     <t>3089</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3089/oficio_no_008-2019-_alrn_2.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3089/oficio_no_008-2019-_alrn_2.pdf</t>
   </si>
   <si>
     <t>3090</t>
   </si>
   <si>
     <t>3091</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3091/oficio_no_010-2019_-_saude.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3091/oficio_no_010-2019_-_saude.pdf</t>
   </si>
   <si>
     <t>3100</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3100/oficio_no_011-2019_-_saude.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3100/oficio_no_011-2019_-_saude.pdf</t>
   </si>
   <si>
     <t>3131</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3131/oficio_no_012-2019_-_saude.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3131/oficio_no_012-2019_-_saude.pdf</t>
   </si>
   <si>
     <t>3198</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3198/oficio_no_013-2019_-_caern.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3198/oficio_no_013-2019_-_caern.pdf</t>
   </si>
   <si>
     <t>3199</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3199/oficio_no_014-2019_-_assistencia_social.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3199/oficio_no_014-2019_-_assistencia_social.pdf</t>
   </si>
   <si>
     <t>3200</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3200/oficio_no_015-2019_-_ric.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3200/oficio_no_015-2019_-_ric.pdf</t>
   </si>
   <si>
     <t>3201</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3201/oficio_no_016-2019_-_ric.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3201/oficio_no_016-2019_-_ric.pdf</t>
   </si>
   <si>
     <t>3217</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3217/oficio_no_017-2019_-_edja.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3217/oficio_no_017-2019_-_edja.pdf</t>
   </si>
   <si>
     <t>3218</t>
   </si>
   <si>
     <t>3219</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3219/oficio_no_019-2019_-_zrs.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3219/oficio_no_019-2019_-_zrs.pdf</t>
   </si>
   <si>
     <t>3230</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3230/oficio_no_020-2019_-_zrs.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3230/oficio_no_020-2019_-_zrs.pdf</t>
   </si>
   <si>
     <t>3231</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3231/oficio_no_021-2019_-_zrs.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3231/oficio_no_021-2019_-_zrs.pdf</t>
   </si>
   <si>
     <t>3232</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3232/oficio_no_022-2019_-_zrs.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3232/oficio_no_022-2019_-_zrs.pdf</t>
   </si>
   <si>
     <t>3233</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3233/oficio_no_023-2019_-_zrs.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3233/oficio_no_023-2019_-_zrs.pdf</t>
   </si>
   <si>
     <t>3251</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3251/oficio_no_024-2019_-_agricultura.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3251/oficio_no_024-2019_-_agricultura.pdf</t>
   </si>
   <si>
     <t>3252</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3252/oficio_no_025-2019_-_prefeito.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3252/oficio_no_025-2019_-_prefeito.pdf</t>
   </si>
   <si>
     <t>3253</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3253/oficio_no_026-2019_-_ric.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3253/oficio_no_026-2019_-_ric.pdf</t>
   </si>
   <si>
     <t>3254</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3254/oficio_no_027-2019_-_mpf.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3254/oficio_no_027-2019_-_mpf.pdf</t>
   </si>
   <si>
     <t>Exmo. Promotor de Justiça do Estado do Rio Grande do Norte_x000D_
 Silvio Ricardo Gonçalves de Andrade Brito</t>
   </si>
   <si>
     <t>3255</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3255/oficio_no_028-2019_-_agricultura.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3255/oficio_no_028-2019_-_agricultura.pdf</t>
   </si>
   <si>
     <t>3256</t>
   </si>
   <si>
     <t>3299</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3299/oficio_no_030-2019_-_ric.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3299/oficio_no_030-2019_-_ric.pdf</t>
   </si>
   <si>
     <t>3300</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3300/oficio_no_031-2019_-_ric.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3300/oficio_no_031-2019_-_ric.pdf</t>
   </si>
   <si>
     <t>3301</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3301/oficio_no_032-2019_-_ric.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3301/oficio_no_032-2019_-_ric.pdf</t>
   </si>
   <si>
     <t>3302</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3302/oficio_no_033-2019_-_ric.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3302/oficio_no_033-2019_-_ric.pdf</t>
   </si>
   <si>
     <t>3340</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3340/oficio_no_034-2019_-_ric.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3340/oficio_no_034-2019_-_ric.pdf</t>
   </si>
   <si>
     <t>3341</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3341/oficio_no_035-2019_-_ric.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3341/oficio_no_035-2019_-_ric.pdf</t>
   </si>
   <si>
     <t>3342</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3342/oficio_no_036-2019_-_assistencia_social.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3342/oficio_no_036-2019_-_assistencia_social.pdf</t>
   </si>
   <si>
     <t>3343</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3343/oficio_no_037-2019_-_caern.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3343/oficio_no_037-2019_-_caern.pdf</t>
   </si>
   <si>
     <t>3344</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3344/oficio_no_038-2019-_alrn_2.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3344/oficio_no_038-2019-_alrn_2.pdf</t>
   </si>
   <si>
     <t>3345</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3345/oficio_no_039-2019-_sec._agricultura.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3345/oficio_no_039-2019-_sec._agricultura.pdf</t>
   </si>
   <si>
     <t>3346</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3346/oficio_no_040-2019-_alrn_2.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3346/oficio_no_040-2019-_alrn_2.pdf</t>
   </si>
   <si>
     <t>3366</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3366/oficio_no_041-2019_-_ric.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3366/oficio_no_041-2019_-_ric.pdf</t>
   </si>
   <si>
     <t>3367</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3367/oficio_no_042-2019_-_agricultura.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3367/oficio_no_042-2019_-_agricultura.pdf</t>
   </si>
   <si>
     <t>3368</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3368/oficio_no_043-2019_-_assistencia_social.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3368/oficio_no_043-2019_-_assistencia_social.pdf</t>
   </si>
   <si>
     <t>3369</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3369/oficio_no_044-2019_-_prefeito.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3369/oficio_no_044-2019_-_prefeito.pdf</t>
   </si>
   <si>
     <t>Abaixo-assinado sobre o Abatedouro Público Municipal.</t>
   </si>
   <si>
     <t>3370</t>
   </si>
   <si>
     <t>2963</t>
   </si>
   <si>
     <t>PLPL</t>
   </si>
   <si>
     <t>Projeto de Lei - Poder Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2963/projeto_de_lei_no_001_-_asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2963/projeto_de_lei_no_001_-_asmc.pdf</t>
   </si>
   <si>
     <t>Institui a Olimpíada de Matemática Acariense_x000D_
 e dá outras providências.</t>
   </si>
   <si>
     <t>2965</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2965/projeto_de_lei_no_002-2019_-_asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2965/projeto_de_lei_no_002-2019_-_asmc.pdf</t>
   </si>
   <si>
     <t>Denomina Logradouro Público e dá outras providências.</t>
   </si>
   <si>
     <t>2969</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2969/projeto_de_lei_no_003-2019-_zrs.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2969/projeto_de_lei_no_003-2019-_zrs.pdf</t>
   </si>
   <si>
     <t>Denomina Logradouro Público, e dá outras providências.</t>
   </si>
   <si>
     <t>2970</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2970/projeto_de_lei_no_004-2019-_geoa.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2970/projeto_de_lei_no_004-2019-_geoa.pdf</t>
   </si>
   <si>
     <t>3010</t>
   </si>
   <si>
     <t>MESA DIRETORA</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3010/projeto_de_lei_no_005-2019_-_abril_verde.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3010/projeto_de_lei_no_005-2019_-_abril_verde.pdf</t>
   </si>
   <si>
     <t>Institui a Campanha de Prevenção aos Acidentes do Trabalho e Doenças Ocupacionais, denominada “Abril Verde” no âmbito do Município de Acari/RN, e dá outras providências.</t>
   </si>
   <si>
     <t>3011</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3011/projeto_de_lei_no_006-2019_-_felipe.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3011/projeto_de_lei_no_006-2019_-_felipe.pdf</t>
   </si>
   <si>
     <t>Autoriza a contratação pelo poder público municipal de estagiários em parceria com instituições de ensino e agentes de integração, adequando-se às normas da Lei Federal nº 11.788, de 25 de setembro de 2008, e dá outras providências.</t>
   </si>
   <si>
     <t>3012</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3012/projeto_de_lei_no_007-2019-geoa.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3012/projeto_de_lei_no_007-2019-geoa.pdf</t>
   </si>
   <si>
     <t>INSTITUI A CRIAÇÃO DE UM PROGRAMA DE LIÇÕES DE PRIMEIROS SOCORROS NA EDUCAÇÃO BÁSICA DE REDE ESCOLAR EM TODO O MUNICIPIO DE ACARI/RN, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>3013</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3013/projeto_de_lei_no_008-2019_-_geoa.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3013/projeto_de_lei_no_008-2019_-_geoa.pdf</t>
   </si>
   <si>
     <t>3014</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3014/projeto_de_lei_no_009-2019-_geoa_alteracao.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3014/projeto_de_lei_no_009-2019-_geoa_alteracao.pdf</t>
   </si>
   <si>
     <t>ALTERA E ACRESCENTA DISPOSITIVOS DA LEI MUNICIPAL Nº 1.089 DE 22 DE DEZEMBRO DE 2017 QUE DISPÕE SOBRE IMPLANTAÇÃO DO PROJETO “ADOTE UM LEITOR: POR UMA ACARI MAIS LEITORA”, NO MUNICÍPIO DE ACARI – RN.</t>
   </si>
   <si>
     <t>3130</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3130/projeto_de_lei_no_010-2019_-_jabd.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3130/projeto_de_lei_no_010-2019_-_jabd.pdf</t>
   </si>
   <si>
     <t>3174</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3174/projeto_de_lei_no_011-2019_-_girlene.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3174/projeto_de_lei_no_011-2019_-_girlene.pdf</t>
   </si>
   <si>
     <t>INSTITUI A CRIAÇÃO DE PROGRAMA DE APOIO E CONSCIENTIZAÇÃO SOBRE A PSORÍASE NA EDUCAÇÃO BÁSICA DE REDE ESCOLAR EM TODO O MUNICIPIO DE ACARI/RN, E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>3260</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3260/projeto_de_lei_no_012-2019_-_jrl.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3260/projeto_de_lei_no_012-2019_-_jrl.pdf</t>
   </si>
   <si>
     <t>Renomeia logradouro público municipal que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>3261</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3261/projeto_de_lei_no_013-2019_-_zrs.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3261/projeto_de_lei_no_013-2019_-_zrs.pdf</t>
   </si>
   <si>
     <t>3262</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3262/projeto_de_lei_no_014-2019_-_aem.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3262/projeto_de_lei_no_014-2019_-_aem.pdf</t>
   </si>
   <si>
     <t>3263</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3263/projeto_de_lei_no_015-2019_-_aem.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3263/projeto_de_lei_no_015-2019_-_aem.pdf</t>
   </si>
   <si>
     <t>3264</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3264/projeto_de_lei_no_016-2019_-_mad.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3264/projeto_de_lei_no_016-2019_-_mad.pdf</t>
   </si>
   <si>
     <t>3265</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3265/projeto_de_lei_no_017-2019_-_zrs.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3265/projeto_de_lei_no_017-2019_-_zrs.pdf</t>
   </si>
   <si>
     <t>3266</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3266/projeto_de_lei_no_018-2019_-_jabd.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3266/projeto_de_lei_no_018-2019_-_jabd.pdf</t>
   </si>
   <si>
     <t>3267</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3267/projeto_de_lei_no_019-2019_-_geoa.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3267/projeto_de_lei_no_019-2019_-_geoa.pdf</t>
   </si>
   <si>
     <t>3268</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3268/projeto_de_lei_no_020-2019_-_jrl.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3268/projeto_de_lei_no_020-2019_-_jrl.pdf</t>
   </si>
   <si>
     <t>3269</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3269/projeto_de_lei_no_021-2019_-_jrl.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3269/projeto_de_lei_no_021-2019_-_jrl.pdf</t>
   </si>
   <si>
     <t>3270</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3270/projeto_de_lei_no_022-2019_-_lfa.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3270/projeto_de_lei_no_022-2019_-_lfa.pdf</t>
   </si>
   <si>
     <t>3271</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3271/projeto_de_lei_no_023-2019_-_zrs.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3271/projeto_de_lei_no_023-2019_-_zrs.pdf</t>
   </si>
   <si>
     <t>3272</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3272/projeto_de_lei_no_024-2019_-_fdb.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3272/projeto_de_lei_no_024-2019_-_fdb.pdf</t>
   </si>
   <si>
     <t>3273</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3273/projeto_de_lei_no_025-2019_-_asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3273/projeto_de_lei_no_025-2019_-_asmc.pdf</t>
   </si>
   <si>
     <t>3274</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3274/projeto_de_lei_no_026-2019_-_lfa.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3274/projeto_de_lei_no_026-2019_-_lfa.pdf</t>
   </si>
   <si>
     <t>3339</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3339/projeto_de_lei_no_027-_asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3339/projeto_de_lei_no_027-_asmc.pdf</t>
   </si>
   <si>
     <t>Cria o Programa Cine Câmara da Câmara Municipal de Acari/RN e dá outras providências.</t>
   </si>
   <si>
     <t>2966</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2966/requerimento_no_001-2019_-_zrs.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2966/requerimento_no_001-2019_-_zrs.pdf</t>
   </si>
   <si>
     <t>Com base no Art. 32, inciso XX da Lei Orgânica Municipal, e no Art. 130 do Regimento Interno da Câmara Municipal, REQUEIRO à Mesa Diretora, após aprovação do Plenário, a convocação do representante da Operadora TIM para vir dar esclarecimentos nesta Casa, haja vista as inúmeras reclamações de clientes com o sinal de telefonia móvel fornecido pela empresa.</t>
   </si>
   <si>
     <t>2985</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2985/requerimento_no002-2019-fdb.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2985/requerimento_no002-2019-fdb.pdf</t>
   </si>
   <si>
     <t>Com base no Art. 32, inciso XX da Lei Orgânica Municipal, e no Art. 130 do Regimento Interno da Câmara Municipal, REQUEIRO à Mesa Diretora, após aprovação do Plenário, que seja encaminhado ao Secretário Municipal de Transportes, Obras e Serviços Urbanos, Rudyson Ric da Silva Santos, para que possa ser feita uma vistoria de reparos nos reservatórios municipais: Maria Ferreira e Açude das Oiticicas (açude da santa).</t>
   </si>
   <si>
     <t>3207</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3207/requerimento_no003-2019-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3207/requerimento_no003-2019-asmc.pdf</t>
   </si>
   <si>
     <t>Com base no Art. 32, inciso XX da Lei Orgânica Municipal, e no Art. 130 do Regimento Interno da Câmara Municipal, REQUEIRO à Mesa Diretora, após aprovação do Plenário, que seja encaminhado à Secretaria de Estado do Desenvolvimento Econômico, solicitação para realização da FENECITI – Feira Regional de Negócios, Ciência, Tecnologia e Inovação no municpípio de Acari.</t>
   </si>
   <si>
     <t>3208</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3208/requerimento_no004-2019-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3208/requerimento_no004-2019-asmc.pdf</t>
   </si>
   <si>
     <t>Com base no Art. 32, inciso XX da Lei Orgânica Municipal, e no Art. 130 do Regimento Interno da Câmara Municipal, REQUEIRO à Mesa Diretora, após aprovação do Plenário, que seja encaminhado à Coordenadoria Estadual do DNOCS – Departamento Nacional de Obras Contra as Secas, solicitação para realização de limpeza dentro da Barragem Marechal Dutra (Gargalheiras), no município de Acari.</t>
   </si>
   <si>
     <t>3209</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3209/requerimento_no005-2019-asmc.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3209/requerimento_no005-2019-asmc.pdf</t>
   </si>
   <si>
     <t>Com base no Art. 32, inciso XX da Lei Orgânica Municipal, e no Art. 331 do Regimento Interno da Câmara Municipal, REQUEIRO à Mesa Diretora, após aprovação do Plenário, que seja encaminhado convite à Gerência Regional da CAERN para comparecimento de representantes da Companhia na próxima sessão ordinária, a fim de prestar esclarecimentos sobre o abastecimento d’água do nosso município.</t>
   </si>
   <si>
     <t>3210</t>
   </si>
   <si>
     <t>Com base na Lei Orgânica Municipal e no Regimento Interno da Câmara Municipal, REQUEIRO à Mesa Diretora, após aprovação do Plenário, que sejam encaminhados à Exma. Sra. Governadora do Estado do Rio Grande do Norte, MARIA DE FÁTIMA BEZERRA, os seguintes pleitos, visando garantir mais segurança para os acarienses e visitantes durante o período da Festa de Nossa Senhora da Guia, de 05 a 15 de agosto:_x000D_
 _x000D_
 1) O aumento do efetivo da Polícia Militar, com o pagamento de diárias operacionais;_x000D_
 2) A destinação de uma Unidade Móvel da Polícia Civil para registro de ocorrências.</t>
   </si>
   <si>
     <t>3211</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3211/requerimento_no_007-2019-zrs.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3211/requerimento_no_007-2019-zrs.pdf</t>
   </si>
   <si>
     <t>Com base no Art. 32, inciso XX da Lei Orgânica Municipal, e no Art. 130 do Regimento Interno da Câmara Municipal, REQUEIRO à Mesa Diretora, após aprovação do Plenário, solicitação de informaçoes da Sra. Albertina Daguia Lopes de Araújo, Secretária Municipal do Trabalho, Habitação e Assistência Social de Acari/RN, a lista contendo nomes e endereços, dos beneficiários dos Programas Sociais, que recebem cestas básicas relativos ao período de 2015, 2016 e 2019, e uma relação dos alugueis pagos pela Secretaria, assim como os nomes e endereços dos beneficiários do Programa._x000D_
 _x000D_
 _x000D_
                Sala das Sessões Plenário Vereador Antônio Ferreira da Costa, em 15 de julho de 2019.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
@@ -4116,67 +4116,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2975/ata_-_i_e_ii_quadrimestre_de_2018.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3049/ata_-_iii_quadrimestre_de_2018.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2974/ata_da_1a_reuniao_do_1o_periodo_de_2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2986/ata_da_2a_reuniao_do_1o_periodo_de_2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3000/ata_da_3a_reuniao_do_1o_periodo_de_2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3095/ata_da_4a_reuniao_do_1o_periodo_de_2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3096/ata_da_5a_reuniao_do_1o_periodo_de_2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3097/ata_da_6a_reuniao_do_1o_periodo_de_2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3098/ata_da_7a_reuniao_do_1o_periodo_de_2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3099/ata_da_8a_reuniao_do_1o_periodo_de_2019.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2961/indicacao_no001-2019-geoa.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2962/indicacao_no002-2019-zrs.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2971/indicacao_no003-2019-zrs.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2972/indicacao_no004-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2973/indicacao_no005-2019-zrs.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2982/indicacao_no006-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2983/indicacao_no007-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2984/indicacao_no008-2019-jrl.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2994/indicacao_no009-2019-mad.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2995/indicacao_no010-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2996/indicacao_no011-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2997/indicacao_no012-2019-zrs.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2998/indicacao_no013-2019-zrs.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2999/indicacao_no014-2019-aem.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3004/indicacao_no015-2019-lfa.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3005/indicacao_no016-2019-geoa.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3006/indicacao_no017-2019-geoa.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3007/indicacao_no018-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3008/indicacao_no019-2019-jabd.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3009/indicacao_no020-2019-jabd.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3015/indicacao_no021-2019-fdb.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3016/indicacao_no022-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3017/indicacao_no023-2019-lfa.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3018/indicacao_no024-2019-lfa.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3076/indicacao_no025-2019-zrs.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3077/indicacao_no026-2019-fdb.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3078/indicacao_no027-2019-geoa.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3079/indicacao_no028-2019-jabd.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3080/indicacao_no029-2019-geoa.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3081/indicacao_no030-2019-geoa.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3082/indicacao_no031-2019-aem.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3083/indicacao_no032-2019-aem.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3084/indicacao_no033-2019-zrs.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3085/indicacao_no034-2019-zrs.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3113/indicacao_no036-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3114/indicacao_no037-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3115/indicacao_no038-2019-aem.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3116/indicacao_no039-2019-zrs.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3117/indicacao_no040-2019-lfa.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3108/indicacao_no041-2019-zrs.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3109/indicacao_no042-2019-mad.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3110/indicacao_no043-2019-zrs.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3118/indicacao_no044-2019-zrs.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3119/indicacao_no045-2019-aem.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3120/indicacao_no046-2019-aem.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3121/indicacao_no047-2019-jabd.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3125/indicacao_no048-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3127/indicacao_no050-2019-geoa.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3128/indicacao_no051-2019-geoa.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3129/indicacao_no052-2019-lfa.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3136/indicacao_no053-2019-jrl.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3137/indicacao_no054-2019-lfa.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3138/indicacao_no055-2019-lfa.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3139/indicacao_no056-2019-lfa.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3141/indicacao_no058-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3142/indicacao_no059-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3143/indicacao_no060-2019-geoa.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3144/indicacao_no061-2019-geoa.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3145/indicacao_no062-2019-geoa.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3146/indicacao_no063-2019-zrs.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3147/indicacao_no064-2019-zrs.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3148/indicacao_no065-2019-zrs.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3167/indicacao_no066-2019-fdb.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3168/indicacao_no067-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3169/indicacao_no068-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3170/indicacao_no069-2019-jabd.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3171/indicacao_no070-2019-fdb.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3172/indicacao_no071-2019-lfa.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3173/indicacao_no072-2019-jrl.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3175/indicacao_no073-2019-fdb.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3176/indicacao_no074-2019-jabd.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3177/indicacao_no075-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3178/indicacao_no076-2019-geoa.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3179/indicacao_no077-2019-zrs.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3180/indicacao_no078-2019-aem.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3182/indicacao_no080-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3183/indicacao_no081-2019-jrl.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3184/indicacao_no082-2019-zrs.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3185/indicacao_no083-2019-geoa.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3187/indicacao_no085-2019-geoa.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3188/indicacao_no086-2019-lfa.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3189/indicacao_no087-2019-fdb.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3190/indicacao_no088-2019-mad.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3191/indicacao_no089-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3206/indicacao_no090-2019-zrs.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3220/indicacao_no091-2019-zrs.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3221/indicacao_no092-2019-geoa.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3222/indicacao_no093-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3223/indicacao_no094-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3275/indicacao_no095-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3276/indicacao_no096-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3277/indicacao_no097-2019-zrs.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3278/indicacao_no098-2019-zrs.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3279/indicacao_no099-2019-lfa.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3280/indicacao_no100-2019-zrs.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3281/indicacao_no101-2019-jabd.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3282/indicacao_no102-2019-zrs.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3283/indicacao_no103-2019-zrs.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3284/indicacao_no104-2019-lfa.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3285/indicacao_no105-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3286/indicacao_no106-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3287/indicacao_no107-2019-zrs.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3288/indicacao_no108-2019-zrs.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3289/indicacao_no109-2019-jabd.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3290/indicacao_no110-2019-zrs.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3308/indicacao_no111-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3309/indicacao_no112-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3310/indicacao_no113-2019-aem.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3311/indicacao_no114-2019-aem.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3316/indicacao_no115-2019-jabd.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3317/indicacao_no116-2019-aem.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3318/indicacao_no117-2019-jrl.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3319/indicacao_no118-2019-geoa.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3321/indicacao_no120-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3322/indicacao_no121-2019-geoa.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3323/indicacao_no122-2019-jabd.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3324/indicacao_no123-2019-lfa.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3325/indicacao_no124-2019-mad.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3326/indicacao_no125-2019-lfa.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3327/indicacao_no126-2019-zrs.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3328/indicacao_no127-2019-zrs.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3329/indicacao_no128-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3330/indicacao_no129-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3331/indicacao_no130-2019-fdb.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3332/indicacao_no131-2019-geoa.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3333/indicacao_no132-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3334/indicacao_no133-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3335/indicacao_no134-2019-zrs.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3336/indicacao_no135-2019-zrs.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3337/indicacao_no136-2019-lfa.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3338/indicacao_no137-2019-lfa.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3356/indicacao_no138-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3357/indicacao_no139-2019-jabd.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2964/mocoes_no001-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2976/mocoes_no002-2019-geoa.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3052/mocoes_no003-2019-geoa.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3053/mocoes_no004-2019-cma.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3054/mocoes_no005-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3107/mocoes_no007-2019-fdb.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3234/mocoes_no008-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3235/mocoes_no009-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3236/mocoes_no010-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3237/mocoes_no011-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3238/mocoes_no012-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3239/mocoes_no013-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3240/mocoes_no014-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3241/mocoes_no015-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3242/mocoes_no016-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3243/mocoes_no017-2019-geoa.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3244/mocoes_no018-2019-jabd_e_geoa.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3245/mocoes_no019-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3246/mocoes_no020-2019-lfa.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3248/mocoes_no022-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3249/mocoes_no023-2019-aem.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3250/mocoes_no024-2019-aem.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2957/oficio_no_001-2019_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2958/oficio_no_002-2019_-_caern.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3132/oficio_no_003-2019_-_ric.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3203/oficio_no_004-2019_-_caern.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3204/oficio_no_005-2019_-_caern.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3228/oficio_no_006-2019_-_caern.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3229/oficio_no_007-2019_-_caern.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3347/oficio_no_008-2019_-_uern.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3348/oficio_no_009-2019_-_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3358/oficio_no_011-2019_-_governadora.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3360/oficio_no_013-2019_-_cel_azevedo.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3361/oficio_no_014-2019_-_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3362/oficio_no_015-2019_-_jose_rivaldo_lima.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3363/oficio_no_016-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3364/oficio_no_017-2019_-_jose_rivaldo_lima.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3365/oficio_no_018-2019_-_vice-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3202/oficio_no_001-2019_-_senar.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3205/oficio_no_001-2019_-_ric.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2987/oficio_no_001-2019_-_secretario_de_obras_-_copia.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2988/oficio_no_002-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3050/oficio_no_003-2019_-_der.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3051/oficio_no_004-2019_-_vigilancia_sanitaria.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3106/oficio_no_005-2019_-_dep._hermano.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3192/oficio_no_006-2019_-_dep._vicentinho.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3193/oficio_no_007-2019_-_secretario_de_obras_-_copia.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3194/oficio_no_008-2019_-_secretario_de_obras_-_copia.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3195/oficio_no_009-_2019_-_dnocs.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3196/oficio_no_010-2019_-_secretario_de_obras_-_copia.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3197/oficio_no_011-2019_-_secretario_de_obras_-_copia.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3212/oficio_no_012-2019_-_marcelo_taveira.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3213/oficio_no_013-2019_-_secretario_de_obras_-_copia.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3214/oficio_no_014-2019_-_marcelo_taveira.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3215/oficio_no_015-2018_-_eepiba.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3216/oficio_no_016-2018_-_eedjgm.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3227/oficio_no_017-2019_-_secretario_de_obras_-_copia.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3257/oficio_no_018-2019_-_emptlg.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3258/oficio_no_019-2019_-_emcap.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3259/oficio_no_020-2019_-_bombeiros.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3303/oficio_no_021-2019_-_semude.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3304/oficio_no_022-2019_-_secretario_de_obras_-_copia.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3305/oficio_no_023-2019_-_eepiba.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3306/oficio_no_024.2019docx_eedjgm.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3307/oficio_no_025.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3101/oficio_no_001-2019-_alrn.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3102/oficio_no_002-2019-_alrn_2.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2948/oficio_no_001-2019_-_bb.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2949/oficio_no_002-2019_-_caixa.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2950/oficio_no_005-2019_-_prefeito_-_balancetes.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2951/oficio_no_006-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2952/oficio_no_007-2019_-_caern.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2953/oficio_no_008-2019_-_bb.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2959/oficio_no_009-2019_-_caixa.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2960/oficio_no_010-2019_-_comunicacao_sidys.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2967/oficio_no_011-2019_-_bb.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2968/oficio_no_012-2019_-_cef.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2978/oficio_no_013-2019_-_prefeito_-_balancetes.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2979/oficio_no_014-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2980/oficio_no_015-2018_-_saude.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2981/oficio_no_016-2019-_adm.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2989/oficio_no_017-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2990/oficio_no_018-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2991/oficio_no_019-2019_-_ric.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2992/oficio_no_020-2019-_pma-balanco.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3001/oficio_no_021-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3002/oficio_no_022-2019_-_obras.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3003/oficio_no_023-2019_-_prefeito_-_balancetes.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3056/oficio_no_024-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3057/oficio_no_025-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3058/oficio_no_026-2019_-_caixa.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3059/oficio_no_027-2019_-_itep.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3060/oficio_no_028-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3061/oficio_no_029-2019_-_mhb.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3062/oficio_no_030-2019_-_eedjgm.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3063/oficio_no_031-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3064/oficio_no_032-2019_-_senador_styvenson.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3065/oficio_no_033-2019_-_senador_jean_paul.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3066/oficio_no_034-2019_-_senadora_zenaide.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3067/oficio_no_035-2019_-_deputado_walter.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3068/oficio_no_036-2019_-_deputado_joao_maia.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3070/oficio_no_038-2019_-_deputado_rafael_motta.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3071/oficio_no_039-2019_-_deputado_vicentinho.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3072/oficio_no_040-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3073/oficio_no_041-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3074/oficio_no_042-2019_-_saude.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3075/oficio_no_043-2019_-_pm.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3093/oficio_no_044-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3094/oficio_no_045-2019_-_tce.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3103/oficio_no_046-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3104/oficio_no_047-2019_-_mhb.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3105/oficio_no_048-2019_-_eedjgm.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3111/oficio_no_049-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3112/oficio_no_050-2019_-_prefeito_-_balancetes.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3122/oficio_no_051-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3123/oficio_no_052-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3124/oficio_no_053-2019.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3133/oficio_no_054-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3134/oficio_no_055-2019_-_semude.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3135/oficio_no_056-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3149/oficio_no_057-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3150/oficio_no_058-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3151/oficio_no_059-2019_-_deputado_vicentinho.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3152/oficio_no_060-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3153/oficio_no_061-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3154/oficio_no_062-2019_-_caixa.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3155/oficio_no_063-2019_-_caixa.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3156/oficio_no_064-2019_-_caern.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3157/oficio_no_065-2019_-_prefeito_-_balancetes.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3158/oficio_no_066-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3159/oficio_no_067-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3160/oficio_no_068-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3161/oficio_no_069-2019_-_prefeito_cn.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3162/oficio_no_070-2019_-_prefeito_-_orcamento.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3163/oficio_no_071-2019_-_alrn.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3164/oficio_no_072-2019_-_governadora.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3165/oficio_no_073-2019_-_detran.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3166/oficio_no_074-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3224/oficio_no_075-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3225/oficio_no_076-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3226/oficio_no_077-2019_-_prefeito_-_balancetes.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3291/oficio_no_078-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3292/oficio_no_079-2019_-_caern.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3293/oficio_no_080-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3294/oficio_no_081-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3295/oficio_no_082-2019_-_deputado_joao_maia.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3296/oficio_no_083-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3297/oficio_no_084-2019_-_prefeito_-_balancetes.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3298/oficio_no_085-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3312/oficio_no_086-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3313/oficio_no_087-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3314/oficio_no_088-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3315/oficio_no_089-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3350/oficio_no_090-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3351/oficio_no_091-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3352/oficio_no_092-2019_-_prefeito_-_balancetes.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3353/oficio_no_093-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3354/oficio_no_094-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3355/oficio_no_095-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2956/oficio_no_001_2019_-_presidencia.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2954/oficio_no_001-2019_-_ric.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2955/oficio_no_002-2019_-_ric.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2977/oficio_no_003-2019_-_ric.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2993/oficio_no_004-2019_-_ric.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3086/oficio_no_005-2019_-_saude.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3087/oficio_no_006-2019_-_saude.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3088/oficio_no_007-_2019_-_josenaldo_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3089/oficio_no_008-2019-_alrn_2.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3091/oficio_no_010-2019_-_saude.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3100/oficio_no_011-2019_-_saude.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3131/oficio_no_012-2019_-_saude.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3198/oficio_no_013-2019_-_caern.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3199/oficio_no_014-2019_-_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3200/oficio_no_015-2019_-_ric.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3201/oficio_no_016-2019_-_ric.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3217/oficio_no_017-2019_-_edja.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3219/oficio_no_019-2019_-_zrs.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3230/oficio_no_020-2019_-_zrs.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3231/oficio_no_021-2019_-_zrs.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3232/oficio_no_022-2019_-_zrs.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3233/oficio_no_023-2019_-_zrs.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3251/oficio_no_024-2019_-_agricultura.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3252/oficio_no_025-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3253/oficio_no_026-2019_-_ric.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3254/oficio_no_027-2019_-_mpf.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3255/oficio_no_028-2019_-_agricultura.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3299/oficio_no_030-2019_-_ric.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3300/oficio_no_031-2019_-_ric.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3301/oficio_no_032-2019_-_ric.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3302/oficio_no_033-2019_-_ric.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3340/oficio_no_034-2019_-_ric.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3341/oficio_no_035-2019_-_ric.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3342/oficio_no_036-2019_-_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3343/oficio_no_037-2019_-_caern.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3344/oficio_no_038-2019-_alrn_2.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3345/oficio_no_039-2019-_sec._agricultura.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3346/oficio_no_040-2019-_alrn_2.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3366/oficio_no_041-2019_-_ric.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3367/oficio_no_042-2019_-_agricultura.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3368/oficio_no_043-2019_-_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3369/oficio_no_044-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2963/projeto_de_lei_no_001_-_asmc.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2965/projeto_de_lei_no_002-2019_-_asmc.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2969/projeto_de_lei_no_003-2019-_zrs.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2970/projeto_de_lei_no_004-2019-_geoa.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3010/projeto_de_lei_no_005-2019_-_abril_verde.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3011/projeto_de_lei_no_006-2019_-_felipe.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3012/projeto_de_lei_no_007-2019-geoa.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3013/projeto_de_lei_no_008-2019_-_geoa.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3014/projeto_de_lei_no_009-2019-_geoa_alteracao.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3130/projeto_de_lei_no_010-2019_-_jabd.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3174/projeto_de_lei_no_011-2019_-_girlene.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3260/projeto_de_lei_no_012-2019_-_jrl.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3261/projeto_de_lei_no_013-2019_-_zrs.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3262/projeto_de_lei_no_014-2019_-_aem.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3263/projeto_de_lei_no_015-2019_-_aem.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3264/projeto_de_lei_no_016-2019_-_mad.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3265/projeto_de_lei_no_017-2019_-_zrs.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3266/projeto_de_lei_no_018-2019_-_jabd.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3267/projeto_de_lei_no_019-2019_-_geoa.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3268/projeto_de_lei_no_020-2019_-_jrl.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3269/projeto_de_lei_no_021-2019_-_jrl.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3270/projeto_de_lei_no_022-2019_-_lfa.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3271/projeto_de_lei_no_023-2019_-_zrs.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3272/projeto_de_lei_no_024-2019_-_fdb.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3273/projeto_de_lei_no_025-2019_-_asmc.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3274/projeto_de_lei_no_026-2019_-_lfa.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3339/projeto_de_lei_no_027-_asmc.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2966/requerimento_no_001-2019_-_zrs.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2985/requerimento_no002-2019-fdb.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3207/requerimento_no003-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3208/requerimento_no004-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3209/requerimento_no005-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3211/requerimento_no_007-2019-zrs.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2975/ata_-_i_e_ii_quadrimestre_de_2018.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3049/ata_-_iii_quadrimestre_de_2018.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2974/ata_da_1a_reuniao_do_1o_periodo_de_2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2986/ata_da_2a_reuniao_do_1o_periodo_de_2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3000/ata_da_3a_reuniao_do_1o_periodo_de_2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3095/ata_da_4a_reuniao_do_1o_periodo_de_2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3096/ata_da_5a_reuniao_do_1o_periodo_de_2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3097/ata_da_6a_reuniao_do_1o_periodo_de_2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3098/ata_da_7a_reuniao_do_1o_periodo_de_2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3099/ata_da_8a_reuniao_do_1o_periodo_de_2019.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2961/indicacao_no001-2019-geoa.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2962/indicacao_no002-2019-zrs.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2971/indicacao_no003-2019-zrs.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2972/indicacao_no004-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2973/indicacao_no005-2019-zrs.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2982/indicacao_no006-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2983/indicacao_no007-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2984/indicacao_no008-2019-jrl.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2994/indicacao_no009-2019-mad.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2995/indicacao_no010-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2996/indicacao_no011-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2997/indicacao_no012-2019-zrs.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2998/indicacao_no013-2019-zrs.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2999/indicacao_no014-2019-aem.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3004/indicacao_no015-2019-lfa.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3005/indicacao_no016-2019-geoa.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3006/indicacao_no017-2019-geoa.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3007/indicacao_no018-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3008/indicacao_no019-2019-jabd.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3009/indicacao_no020-2019-jabd.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3015/indicacao_no021-2019-fdb.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3016/indicacao_no022-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3017/indicacao_no023-2019-lfa.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3018/indicacao_no024-2019-lfa.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3076/indicacao_no025-2019-zrs.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3077/indicacao_no026-2019-fdb.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3078/indicacao_no027-2019-geoa.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3079/indicacao_no028-2019-jabd.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3080/indicacao_no029-2019-geoa.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3081/indicacao_no030-2019-geoa.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3082/indicacao_no031-2019-aem.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3083/indicacao_no032-2019-aem.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3084/indicacao_no033-2019-zrs.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3085/indicacao_no034-2019-zrs.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3113/indicacao_no036-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3114/indicacao_no037-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3115/indicacao_no038-2019-aem.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3116/indicacao_no039-2019-zrs.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3117/indicacao_no040-2019-lfa.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3108/indicacao_no041-2019-zrs.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3109/indicacao_no042-2019-mad.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3110/indicacao_no043-2019-zrs.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3118/indicacao_no044-2019-zrs.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3119/indicacao_no045-2019-aem.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3120/indicacao_no046-2019-aem.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3121/indicacao_no047-2019-jabd.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3125/indicacao_no048-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3127/indicacao_no050-2019-geoa.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3128/indicacao_no051-2019-geoa.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3129/indicacao_no052-2019-lfa.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3136/indicacao_no053-2019-jrl.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3137/indicacao_no054-2019-lfa.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3138/indicacao_no055-2019-lfa.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3139/indicacao_no056-2019-lfa.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3141/indicacao_no058-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3142/indicacao_no059-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3143/indicacao_no060-2019-geoa.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3144/indicacao_no061-2019-geoa.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3145/indicacao_no062-2019-geoa.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3146/indicacao_no063-2019-zrs.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3147/indicacao_no064-2019-zrs.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3148/indicacao_no065-2019-zrs.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3167/indicacao_no066-2019-fdb.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3168/indicacao_no067-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3169/indicacao_no068-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3170/indicacao_no069-2019-jabd.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3171/indicacao_no070-2019-fdb.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3172/indicacao_no071-2019-lfa.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3173/indicacao_no072-2019-jrl.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3175/indicacao_no073-2019-fdb.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3176/indicacao_no074-2019-jabd.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3177/indicacao_no075-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3178/indicacao_no076-2019-geoa.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3179/indicacao_no077-2019-zrs.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3180/indicacao_no078-2019-aem.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3182/indicacao_no080-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3183/indicacao_no081-2019-jrl.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3184/indicacao_no082-2019-zrs.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3185/indicacao_no083-2019-geoa.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3187/indicacao_no085-2019-geoa.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3188/indicacao_no086-2019-lfa.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3189/indicacao_no087-2019-fdb.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3190/indicacao_no088-2019-mad.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3191/indicacao_no089-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3206/indicacao_no090-2019-zrs.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3220/indicacao_no091-2019-zrs.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3221/indicacao_no092-2019-geoa.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3222/indicacao_no093-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3223/indicacao_no094-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3275/indicacao_no095-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3276/indicacao_no096-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3277/indicacao_no097-2019-zrs.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3278/indicacao_no098-2019-zrs.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3279/indicacao_no099-2019-lfa.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3280/indicacao_no100-2019-zrs.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3281/indicacao_no101-2019-jabd.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3282/indicacao_no102-2019-zrs.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3283/indicacao_no103-2019-zrs.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3284/indicacao_no104-2019-lfa.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3285/indicacao_no105-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3286/indicacao_no106-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3287/indicacao_no107-2019-zrs.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3288/indicacao_no108-2019-zrs.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3289/indicacao_no109-2019-jabd.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3290/indicacao_no110-2019-zrs.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3308/indicacao_no111-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3309/indicacao_no112-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3310/indicacao_no113-2019-aem.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3311/indicacao_no114-2019-aem.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3316/indicacao_no115-2019-jabd.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3317/indicacao_no116-2019-aem.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3318/indicacao_no117-2019-jrl.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3319/indicacao_no118-2019-geoa.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3321/indicacao_no120-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3322/indicacao_no121-2019-geoa.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3323/indicacao_no122-2019-jabd.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3324/indicacao_no123-2019-lfa.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3325/indicacao_no124-2019-mad.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3326/indicacao_no125-2019-lfa.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3327/indicacao_no126-2019-zrs.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3328/indicacao_no127-2019-zrs.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3329/indicacao_no128-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3330/indicacao_no129-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3331/indicacao_no130-2019-fdb.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3332/indicacao_no131-2019-geoa.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3333/indicacao_no132-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3334/indicacao_no133-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3335/indicacao_no134-2019-zrs.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3336/indicacao_no135-2019-zrs.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3337/indicacao_no136-2019-lfa.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3338/indicacao_no137-2019-lfa.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3356/indicacao_no138-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3357/indicacao_no139-2019-jabd.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2964/mocoes_no001-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2976/mocoes_no002-2019-geoa.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3052/mocoes_no003-2019-geoa.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3053/mocoes_no004-2019-cma.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3054/mocoes_no005-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3107/mocoes_no007-2019-fdb.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3234/mocoes_no008-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3235/mocoes_no009-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3236/mocoes_no010-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3237/mocoes_no011-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3238/mocoes_no012-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3239/mocoes_no013-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3240/mocoes_no014-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3241/mocoes_no015-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3242/mocoes_no016-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3243/mocoes_no017-2019-geoa.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3244/mocoes_no018-2019-jabd_e_geoa.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3245/mocoes_no019-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3246/mocoes_no020-2019-lfa.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3248/mocoes_no022-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3249/mocoes_no023-2019-aem.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3250/mocoes_no024-2019-aem.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2957/oficio_no_001-2019_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2958/oficio_no_002-2019_-_caern.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3132/oficio_no_003-2019_-_ric.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3203/oficio_no_004-2019_-_caern.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3204/oficio_no_005-2019_-_caern.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3228/oficio_no_006-2019_-_caern.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3229/oficio_no_007-2019_-_caern.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3347/oficio_no_008-2019_-_uern.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3348/oficio_no_009-2019_-_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3358/oficio_no_011-2019_-_governadora.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3360/oficio_no_013-2019_-_cel_azevedo.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3361/oficio_no_014-2019_-_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3362/oficio_no_015-2019_-_jose_rivaldo_lima.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3363/oficio_no_016-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3364/oficio_no_017-2019_-_jose_rivaldo_lima.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3365/oficio_no_018-2019_-_vice-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3202/oficio_no_001-2019_-_senar.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3205/oficio_no_001-2019_-_ric.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2987/oficio_no_001-2019_-_secretario_de_obras_-_copia.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2988/oficio_no_002-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3050/oficio_no_003-2019_-_der.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3051/oficio_no_004-2019_-_vigilancia_sanitaria.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3106/oficio_no_005-2019_-_dep._hermano.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3192/oficio_no_006-2019_-_dep._vicentinho.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3193/oficio_no_007-2019_-_secretario_de_obras_-_copia.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3194/oficio_no_008-2019_-_secretario_de_obras_-_copia.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3195/oficio_no_009-_2019_-_dnocs.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3196/oficio_no_010-2019_-_secretario_de_obras_-_copia.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3197/oficio_no_011-2019_-_secretario_de_obras_-_copia.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3212/oficio_no_012-2019_-_marcelo_taveira.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3213/oficio_no_013-2019_-_secretario_de_obras_-_copia.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3214/oficio_no_014-2019_-_marcelo_taveira.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3215/oficio_no_015-2018_-_eepiba.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3216/oficio_no_016-2018_-_eedjgm.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3227/oficio_no_017-2019_-_secretario_de_obras_-_copia.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3257/oficio_no_018-2019_-_emptlg.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3258/oficio_no_019-2019_-_emcap.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3259/oficio_no_020-2019_-_bombeiros.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3303/oficio_no_021-2019_-_semude.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3304/oficio_no_022-2019_-_secretario_de_obras_-_copia.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3305/oficio_no_023-2019_-_eepiba.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3306/oficio_no_024.2019docx_eedjgm.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3307/oficio_no_025.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3101/oficio_no_001-2019-_alrn.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3102/oficio_no_002-2019-_alrn_2.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2948/oficio_no_001-2019_-_bb.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2949/oficio_no_002-2019_-_caixa.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2950/oficio_no_005-2019_-_prefeito_-_balancetes.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2951/oficio_no_006-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2952/oficio_no_007-2019_-_caern.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2953/oficio_no_008-2019_-_bb.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2959/oficio_no_009-2019_-_caixa.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2960/oficio_no_010-2019_-_comunicacao_sidys.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2967/oficio_no_011-2019_-_bb.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2968/oficio_no_012-2019_-_cef.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2978/oficio_no_013-2019_-_prefeito_-_balancetes.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2979/oficio_no_014-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2980/oficio_no_015-2018_-_saude.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2981/oficio_no_016-2019-_adm.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2989/oficio_no_017-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2990/oficio_no_018-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2991/oficio_no_019-2019_-_ric.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2992/oficio_no_020-2019-_pma-balanco.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3001/oficio_no_021-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3002/oficio_no_022-2019_-_obras.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3003/oficio_no_023-2019_-_prefeito_-_balancetes.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3056/oficio_no_024-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3057/oficio_no_025-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3058/oficio_no_026-2019_-_caixa.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3059/oficio_no_027-2019_-_itep.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3060/oficio_no_028-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3061/oficio_no_029-2019_-_mhb.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3062/oficio_no_030-2019_-_eedjgm.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3063/oficio_no_031-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3064/oficio_no_032-2019_-_senador_styvenson.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3065/oficio_no_033-2019_-_senador_jean_paul.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3066/oficio_no_034-2019_-_senadora_zenaide.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3067/oficio_no_035-2019_-_deputado_walter.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3068/oficio_no_036-2019_-_deputado_joao_maia.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3070/oficio_no_038-2019_-_deputado_rafael_motta.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3071/oficio_no_039-2019_-_deputado_vicentinho.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3072/oficio_no_040-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3073/oficio_no_041-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3074/oficio_no_042-2019_-_saude.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3075/oficio_no_043-2019_-_pm.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3093/oficio_no_044-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3094/oficio_no_045-2019_-_tce.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3103/oficio_no_046-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3104/oficio_no_047-2019_-_mhb.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3105/oficio_no_048-2019_-_eedjgm.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3111/oficio_no_049-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3112/oficio_no_050-2019_-_prefeito_-_balancetes.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3122/oficio_no_051-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3123/oficio_no_052-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3124/oficio_no_053-2019.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3133/oficio_no_054-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3134/oficio_no_055-2019_-_semude.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3135/oficio_no_056-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3149/oficio_no_057-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3150/oficio_no_058-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3151/oficio_no_059-2019_-_deputado_vicentinho.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3152/oficio_no_060-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3153/oficio_no_061-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3154/oficio_no_062-2019_-_caixa.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3155/oficio_no_063-2019_-_caixa.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3156/oficio_no_064-2019_-_caern.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3157/oficio_no_065-2019_-_prefeito_-_balancetes.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3158/oficio_no_066-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3159/oficio_no_067-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3160/oficio_no_068-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3161/oficio_no_069-2019_-_prefeito_cn.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3162/oficio_no_070-2019_-_prefeito_-_orcamento.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3163/oficio_no_071-2019_-_alrn.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3164/oficio_no_072-2019_-_governadora.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3165/oficio_no_073-2019_-_detran.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3166/oficio_no_074-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3224/oficio_no_075-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3225/oficio_no_076-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3226/oficio_no_077-2019_-_prefeito_-_balancetes.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3291/oficio_no_078-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3292/oficio_no_079-2019_-_caern.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3293/oficio_no_080-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3294/oficio_no_081-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3295/oficio_no_082-2019_-_deputado_joao_maia.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3296/oficio_no_083-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3297/oficio_no_084-2019_-_prefeito_-_balancetes.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3298/oficio_no_085-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3312/oficio_no_086-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3313/oficio_no_087-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3314/oficio_no_088-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3315/oficio_no_089-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3350/oficio_no_090-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3351/oficio_no_091-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3352/oficio_no_092-2019_-_prefeito_-_balancetes.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3353/oficio_no_093-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3354/oficio_no_094-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3355/oficio_no_095-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2956/oficio_no_001_2019_-_presidencia.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2954/oficio_no_001-2019_-_ric.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2955/oficio_no_002-2019_-_ric.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2977/oficio_no_003-2019_-_ric.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2993/oficio_no_004-2019_-_ric.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3086/oficio_no_005-2019_-_saude.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3087/oficio_no_006-2019_-_saude.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3088/oficio_no_007-_2019_-_josenaldo_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3089/oficio_no_008-2019-_alrn_2.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3091/oficio_no_010-2019_-_saude.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3100/oficio_no_011-2019_-_saude.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3131/oficio_no_012-2019_-_saude.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3198/oficio_no_013-2019_-_caern.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3199/oficio_no_014-2019_-_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3200/oficio_no_015-2019_-_ric.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3201/oficio_no_016-2019_-_ric.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3217/oficio_no_017-2019_-_edja.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3219/oficio_no_019-2019_-_zrs.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3230/oficio_no_020-2019_-_zrs.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3231/oficio_no_021-2019_-_zrs.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3232/oficio_no_022-2019_-_zrs.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3233/oficio_no_023-2019_-_zrs.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3251/oficio_no_024-2019_-_agricultura.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3252/oficio_no_025-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3253/oficio_no_026-2019_-_ric.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3254/oficio_no_027-2019_-_mpf.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3255/oficio_no_028-2019_-_agricultura.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3299/oficio_no_030-2019_-_ric.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3300/oficio_no_031-2019_-_ric.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3301/oficio_no_032-2019_-_ric.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3302/oficio_no_033-2019_-_ric.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3340/oficio_no_034-2019_-_ric.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3341/oficio_no_035-2019_-_ric.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3342/oficio_no_036-2019_-_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3343/oficio_no_037-2019_-_caern.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3344/oficio_no_038-2019-_alrn_2.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3345/oficio_no_039-2019-_sec._agricultura.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3346/oficio_no_040-2019-_alrn_2.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3366/oficio_no_041-2019_-_ric.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3367/oficio_no_042-2019_-_agricultura.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3368/oficio_no_043-2019_-_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3369/oficio_no_044-2019_-_prefeito.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2963/projeto_de_lei_no_001_-_asmc.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2965/projeto_de_lei_no_002-2019_-_asmc.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2969/projeto_de_lei_no_003-2019-_zrs.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2970/projeto_de_lei_no_004-2019-_geoa.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3010/projeto_de_lei_no_005-2019_-_abril_verde.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3011/projeto_de_lei_no_006-2019_-_felipe.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3012/projeto_de_lei_no_007-2019-geoa.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3013/projeto_de_lei_no_008-2019_-_geoa.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3014/projeto_de_lei_no_009-2019-_geoa_alteracao.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3130/projeto_de_lei_no_010-2019_-_jabd.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3174/projeto_de_lei_no_011-2019_-_girlene.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3260/projeto_de_lei_no_012-2019_-_jrl.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3261/projeto_de_lei_no_013-2019_-_zrs.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3262/projeto_de_lei_no_014-2019_-_aem.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3263/projeto_de_lei_no_015-2019_-_aem.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3264/projeto_de_lei_no_016-2019_-_mad.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3265/projeto_de_lei_no_017-2019_-_zrs.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3266/projeto_de_lei_no_018-2019_-_jabd.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3267/projeto_de_lei_no_019-2019_-_geoa.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3268/projeto_de_lei_no_020-2019_-_jrl.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3269/projeto_de_lei_no_021-2019_-_jrl.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3270/projeto_de_lei_no_022-2019_-_lfa.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3271/projeto_de_lei_no_023-2019_-_zrs.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3272/projeto_de_lei_no_024-2019_-_fdb.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3273/projeto_de_lei_no_025-2019_-_asmc.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3274/projeto_de_lei_no_026-2019_-_lfa.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3339/projeto_de_lei_no_027-_asmc.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2966/requerimento_no_001-2019_-_zrs.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/2985/requerimento_no002-2019-fdb.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3207/requerimento_no003-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3208/requerimento_no004-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3209/requerimento_no005-2019-asmc.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/sapl/public/materialegislativa/2019/3211/requerimento_no_007-2019-zrs.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H394"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="45.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="117.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="116.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>