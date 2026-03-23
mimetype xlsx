--- v0 (2026-02-03)
+++ v1 (2026-03-23)
@@ -51,3311 +51,3311 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>ASO</t>
   </si>
   <si>
     <t>Ata Sessão Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/</t>
+    <t>http://sapl.acari.rn.leg.br/media/</t>
   </si>
   <si>
     <t>ATA DA 2.515 (SEGUNDA MILÉSIMA QÜINGENTÉSIMA DÉCIMA QUINTA) SESSÃO ORDINÁRIA_x000D_
 DA CÂMARA MUNICIPAL DE ACARI-RN. 15º REUNIÃO DO II PERÍODO LEGISLATIVO DE 2009.</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>2479</t>
   </si>
   <si>
     <t>MARINEIDE ALVES DANTAS</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/19/19_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/19/19_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA 2.479 (SEGUNDA MILÉSIMA QUADRINGENTÉSIMA SETUAGÉSIMA NONA)_x000D_
 SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE ACARI-RN, 1ª REUNIÃO DO I_x000D_
 PERÍODO LEGISLATIVO DE 2009.</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>2480</t>
   </si>
   <si>
     <t>STELLA</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/20/20_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/20/20_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA 2.480 (SEGUNDA MILÉSIMA QUADRINGENTÉSIMA OCTOGÉSIMA) SESSÃO ORDINÁRIA_x000D_
 DA CÂMARA MUNICIPAL DE ACARI-RN, 2ª REUNIÃO DO I PERÍODO LEGISLATIVO DE 2009.</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>2481</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/21/21_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/21/21_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA 2.481 (SEGUNDA MILÉSIMA, QUADRINGENTÉSIMA OCTOGÉSIMA PRIMEIRA) SESSÃO_x000D_
 ORDINÁRIA DA CÂMARA MUNICIPAL DE ACARI-RN. 3ª REUNIÃO DO I PERÍODO LEGISLATIVO DO_x000D_
 ANO DOIS MIL E NOVE.</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>2482</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/22/22_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/22/22_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA 2.482 (SEGUNDA MILÉSIMA, QUADRINGENTÉSIMA OCTOGÉSIMA SEGUNDA) SESSÃO_x000D_
 ORDINÁRIA DA CÂMARA MUNICIPAL DE ACARI-RN. 4ª REUNIÃO DO I PERÍODO LEGISLATIVO DE_x000D_
 2009.</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>2483</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/23/23_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/23/23_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA 2.483 (SEGUNDA MILÉSIMA, QUADRINGENTÉSIMA OCTOGÉSIMA TERCEIRA) SESSÃO_x000D_
 ORDINÁRIA DA CÂMARA MUNICIPAL DE ACARI-RN. 5ª REUNIÃO DO I PERÍODO LEGISLATIVO DE_x000D_
 2009.</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>2484</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/47/47_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/47/47_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA 2.484 (SEGUNDA MILÉSIMA, QUADRINGENTÉSIMA OCTOGÉSIMA QUARTA) SESSÃO_x000D_
 ORDINÁRIA DA CÂMARA MUNICIPAL DE ACARI-RN. 6ª REUNIÃO DO I PERÍODO LEGISLATIVO DE_x000D_
 2009.</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>2485</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/51/51_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/51/51_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA 2.485 (SEGUNDA MILÉSIMA, QUADRINGENTÉSIMA OCTOGÉSIMA QUINTA) SESSÃO_x000D_
 ORDINÁRIA DA CÂMARA MUNICIPAL DE ACARI-RN. 7ª REUNIÃO DO I PERÍODO LEGISLATIVO DE_x000D_
 2009.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>2486</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/52/52_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/52/52_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA 2.486 (SEGUNDA MILÉSIMA, QUADRINGENTÉSIMA OCTOGÉSIMA SEXTA) SESSÃO_x000D_
 ORDINÁRIA DA CÂMARA MUNICIPAL DE ACARI-RN. 8ª REUNIÃO DO I PERÍODO LEGISLATIVO DE_x000D_
 2009.</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>2487</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/53/53_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/53/53_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA 2.487 (SEGUNDA MILÉSIMA, QUADRINGENTÉSIMA OCTOGÉSIMA SÉTIMA) SESSÃO_x000D_
 ORDINÁRIA DA CÂMARA MUNICIPAL DE ACARI-RN. 9ª REUNIÃO DO I PERÍODO LEGISLATIVO DE_x000D_
 2009.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>2488</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/45/45_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/45/45_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA 2.488 (SEGUNDA MILÉSIMA, QUADRINGENTÉSIMA OCTOGÉSIMA OITAVA) SESSÃO_x000D_
 ORDINÁRIA DA CÂMARA MUNICIPAL DE ACARI-RN. 10ª REUNIÃO DO I PERÍODO LEGISLATIVO_x000D_
 DE 2009.</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>2489</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/54/54_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/54/54_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA 2.489 (SEGUNDA MILÉSIMA, QUADRINGENTÉSIMA OCTOGÉSIMA NONA) SESSÃO_x000D_
 ORDINÁRIA DA CÂMARA MUNICIPAL DE ACARI-RN. 11ª REUNIÃO DO I PERÍODO LEGISLATIVO_x000D_
 DE 2009._x000D_
 DE 2009.</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>2490</t>
   </si>
   <si>
     <t>STELLA BÁRBARA FERNANDES DE MACEDO</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/55/55_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/55/55_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA 2.490 (SEGUNDA MILÉSIMA, QUADRINGENTÉSIMA NONAGÉSIMA) SESSÃO ORDINÁRIA_x000D_
 DA CÂMARA MUNICIPAL DE ACARI-RN. 12ª REUNIÃO DO I PERÍODO LEGISLATIVO DE 2009.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>2491</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/140/140_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/140/140_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA 2.491 (SEGUNDA MILÉSIMA, QUADRINGENTÉSIMA NONAGÉSIMA PRIMEIRA) SESSÃO_x000D_
 ORDINÁRIA DA CÂMARA MUNICIPAL DE ACARI-RN. 13ª REUNIÃO DO I PERÍODO LEGISLATIVO_x000D_
 DE 2009.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>2492</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/141/141_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/141/141_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA 2.492 (SEGUNDA MILÉSIMA, QUADRINGENTÉSIMA NONAGÉSIMA SEGUNDA) SESSÃO_x000D_
 ORDINÁRIA DA CÂMARA MUNICIPAL DE ACARI-RN. 14ª REUNIÃO DO I PERÍODO LEGISLATIVO_x000D_
 DE 2009.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>2493</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/207/207_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/207/207_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA 2.493 (SEGUNDA MILÉSIMA, QUADRINGENTÉSIMA NONAGÉSIMA TERCEIRA) SESSÃO_x000D_
 ORDINÁRIA DA CÂMARA MUNICIPAL DE ACARI-RN. 15ª REUNIÃO DO I PERÍODO LEGISLATIVO_x000D_
 DE 2009.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>2494</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/216/216_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/216/216_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA 2.494 (SEGUNDA MILÉSIMA, QUADRINGENTÉSIMA NONAGÉSIMA QUARTA) SESSÃO_x000D_
 ORDINÁRIA DA CÂMARA MUNICIPAL DE ACARI-RN. 16ª REUNIÃO DO I PERÍODO LEGISLATIVO_x000D_
 DE 2009.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>2495</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/217/217_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/217/217_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA 2.495 (SEGUNDA MILÉSIMA, QUADRINGENTÉSIMA NONAGÉSIMA QUINTA) SESSÃO_x000D_
 ORDINÁRIA DA CÂMARA MUNICIPAL DE ACARI-RN. 17ª REUNIÃO DO I PERÍODO LEGISLATIVO_x000D_
 DE 2009.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>2496</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/231/231_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/231/231_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA 2.496 (SEGUNDA MILÉSIMA, QUADRINGENTÉSIMA NONAGÉSIMA SEXTA) SESSÃO_x000D_
 ORDINÁRIA DA CÂMARA MUNICIPAL DE ACARI-RN. 18ª REUNIÃO DO I PERÍODO LEGISLATIVO_x000D_
 DE 2009.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>2497</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/254/254_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/254/254_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA 2.497 (SEGUNDA MILÉSIMA, QUADRINGENTÉSIMA NONAGÉSIMA SÉTIMA) SESSÃO_x000D_
 ORDINÁRIA DA CÂMARA MUNICIPAL DE ACARI-RN. 19ª REUNIÃO DO I PERÍODO LEGISLATIVO_x000D_
 DE 2009.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>2498</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/267/267_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/267/267_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA 2.498 (SEGUNDA MILÉSIMA, QUADRINGENTÉSIMA NONAGÉSIMA OITAVA) SESSÃO_x000D_
 ORDINÁRIA DA CÂMARA MUNICIPAL DE ACARI-RN. 20ª REUNIÃO DO I PERÍODO LEGISLATIVO_x000D_
 DE 2009.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>2499</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/282/282_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/282/282_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA 2.499 (SEGUNDA MILÉSIMA, QUADRINGENTÉSIMA NONAGÉSIMA NONA) SESSÃO_x000D_
 ORDINÁRIA DA CÂMARA MUNICIPAL DE ACARI-RN. 21ª REUNIÃO DO I PERÍODO LEGISLATIVO_x000D_
 DE 2009.</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>2500</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/283/283_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/283/283_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA 2.500 (SEGUNDA MILÉSIMA, QUINGENTÉSIMA) SESSÃO ORDINÁRIA DA CÂMARA_x000D_
 MUNICIPAL DE ACARI-RN. 22ª REUNIÃO DO I PERÍODO LEGISLATIVO DE 2009.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>2501</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/293/293_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/293/293_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA 2.501 (SEGUNDA MILÉSIMA, QÜINGENTÉSIMA PRIMEIRA) SESSÃO ORDINÁRIA DA_x000D_
 CÂMARA MUNICIPAL DE ACARI-RN. 1ª REUNIÃO DO II PERÍODO LEGISLATIVO DE 2009.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>2502</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/306/306_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/306/306_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA 2.502 (SEGUNDA MILÉSIMA, QÜINGENTÉSIMA SEGUNDA) SESSÃO ORDINÁRIA DA_x000D_
 CÂMARA MUNICIPAL DE ACARI-RN. 2ª REUNIÃO DO II PERÍODO LEGISLATIVO DE 2009.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>2503</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/309/309_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/309/309_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA 2.503 (SEGUNDA MILÉSIMA, QÜINGENTÉSIMA TERCEIRA) SESSÃO ORDINÁRIA DA_x000D_
 CÂMARA MUNICIPAL DE ACARI-RN. 3ª REUNIÃO DO II PERÍODO LEGISLATIVO DE 2009.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>2504</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/310/310_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/310/310_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA 2.504 (SEGUNDA MILÉSIMA, QUINGENTÉSIMA QUARTA) SESSÃO ORDINÁRIA DA_x000D_
 CÂMARA MUNICIPAL DE ACARI-RN. 4ª REUNIÃO DO II PERÍODO LEGISLATIVO DE 2009.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>2505</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/319/319_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/319/319_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA 2.505 (SEGUNDA MILÉSIMA, QUINGENTÉSIMA QUINTA) SESSÃO ORDINÁRIA DA_x000D_
 CÂMARA MUNICIPAL DE ACARI-RN. 5ª REUNIÃO DO II PERÍODO LEGISLATIVO DE 2009.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>2506</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/328/328_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/328/328_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA 2.506 (SEGUNDA MILÉSIMA, QUINGENTÉSIMA SEXTA) SESSÃO ORDINÁRIA DA_x000D_
 CÂMARA MUNICIPAL DE ACARI-RN. 6ª REUNIÃO DO II PERÍODO LEGISLATIVO DE_x000D_
 2009.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>2507</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/327/327_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/327/327_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA 2.507 (SEGUNDA MILÉSIMA, QUINGENTÉSIMA SÉTIMA) SESSÃO ORDINÁRIA_x000D_
 DA CÂMARA MUNICIPAL DE ACARI-RN. 7ª REUNIÃO DO II PERÍODO LEGISLATIVO DE_x000D_
 2009.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>2508</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/332/332_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/332/332_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA 2.508 (SEGUNDA MILÉSIMA, QUINGENTÉSIMA OITAVA) SESSÃO ORDINÁRIA DA_x000D_
 CÂMARA MUNICIPAL DE ACARI-RN. 8ª REUNIÃO DO II PERÍODO LEGISLATIVO DE 2009.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>2509</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/344/344_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/344/344_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA 2.509 (SEGUNDA MILÉSIMA QÜINGENTÉSIMA NONA) SESSÃO ORDINÁRIA DA CÂMARA_x000D_
 MUNICIPAL DE ACARI-RN. 9ª REUNIÃO DO II PERÍODO LEGISLATIVO DE 2009.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>2510</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/342/342_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/342/342_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA 2.510 (SEGUNDA MILÉSIMA, QÜINGENTÉSIMA DÉCIMA) SESSÃO ORDINÁRIA DA_x000D_
 CÂMARA MUNICIPAL DE ACARI-RN. 10ª REUNIÃO DO II PERÍODO LEGISLATIVO DE 2009.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>2511</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/357/357_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/357/357_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA 2.511 (SEGUNDA MILÉSIMA, QÜINGENTÉSIMA DÉCIMA PRIMEIRA) SESSÃO ORDINÁRIA_x000D_
 DA CÂMARA MUNICIPAL DE ACARI-RN. 11ª REUNIÃO DO II PERÍODO LEGISLATIVO DE 2009.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>2512</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/364/364_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/364/364_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA 2512 (SEGUNDA MILÉSIMA, QÜINGENTÉSIMA DÉCIMA SEGUNDA) SESSÃO ORDINÁRIA_x000D_
 DA CÂMARA MUNICIPAL DE ACARI-RN. 12ª REUNIÃO DO II PERÍODO LEGISLATIVO DE 2009.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>2513</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/365/365_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/365/365_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA 2.513 (SEGUNDA MILÉSIMA QÜINGENTÉSIMA DÉCIMA TERCEIRA) SESSÃO ORDINÁRIA_x000D_
 DA CÂMARA MUNICIPAL DE ACARI-RN. 13ª REUNIÃO DO II PERÍODO LEGISLATIVO DE 2009.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>2514</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/369/369_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/369/369_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA 2.514 (SEGUNDA MILÉSIMA QÜINGENTÉSIMA DÉCIMA QUARTA) SESSÃO ORDINÁRIA_x000D_
 DA CÂMARA MUNICIPAL DE ACARI-RN. 14º REUNIÃO DO II PERÍODO LEGISLATIVO DE 2009.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>2515</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
     <t>2516</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/374/374_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/374/374_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA 2.516 (SEGUNDA MILÉSIMA QÜINGENTÉSIMA DÉCIMA SEXTA) SESSÃO ORDINÁRIA DA_x000D_
 CÂMARA MUNICIPAL DE ACARI-RN. 16º REUNIÃO DO II PERÍODO LEGISLATIVO DE 2009.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>2517</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/375/375_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/375/375_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA 2.517 (SEGUNDA MILÉSIMA QÜINGENTÉSIMA DÉCIMA SÉTIMA) SESSÃO ORDINÁRIA_x000D_
 DA CÂMARA MUNICIPAL DE ACARI-RN. 17º REUNIÃO DO II PERÍODO LEGISLATIVO DE 2009.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>2518</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/376/376_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/376/376_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA 2.518 (SEGUNDA MILÉSIMA QÜINGENTÉSIMA DÉCIMA OITAVA) SESSÃO ORDINÁRIA_x000D_
 DA CÂMARA MUNICIPAL DE ACARI-RN. 18º REUNIÃO DO II PERÍODO LEGISLATIVO DE 2009.</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>2519</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/377/377_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/377/377_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA 2.519 (SEGUNDA MILÉSIMA QÜINGENTÉSIMA DÉCIMA NONA) SESSÃO ORDINÁRIA DA_x000D_
 CÂMARA MUNICIPAL DE ACARI-RN. 19º REUNIÃO DO II PERÍODO LEGISLATIVO DE 2009.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>DL</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
     <t>MESA DIRETORA</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/299/299_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/299/299_texto_integral.pdf</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE ACARI CONCEDE O TÍTULO DE CIDADANIA_x000D_
 ACARIENSE AOS CIDADÃOS (ÃS), ALBERVÂNIA SILVA DE MEDEIROS COSTA, ANA_x000D_
 ELÍDIA GALVÃO BEZERRA, ARMÊNIO MEDEIROS DA COSTA, CLEIDVA DE_x000D_
 ARAÚJO AZEVÊDO MASCENA, DIÓGENES SOARES DA SILVA, ELIAS_x000D_
 FERNANDES NETO, ELIJARA FERREIRA DA SILVA, FÁBIO ROSSETT_x000D_
 NOGUEIRA, FAGNER BARROS DE LIMA, FERNANDO LUÍZ BARROS DE LIMA,_x000D_
 PE. FLÁVIO JOSÉ DE MEDEIROS FILHO, FRANCISCO ALDEMAR MASCENA DE_x000D_
 AZEVÊDO, FRANCISCO DE ASSIS ARAÚJO, IGARA GALVÃO DE OLIVEIRA_x000D_
 NOGUEIRA, JOSÉ PEREIRA SOBRINHO, MARIA DAS VITÓRIAS ARAÚJO,_x000D_
 MARIA GORETTI DANTAS DE MEDEIROS EM RAZÃO DOS RELEVANTES SERVIÇOS_x000D_
 PRESTADOS AO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/300/300_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/300/300_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE A COMENDA MANOEL ESTEVES DE_x000D_
 ANDRADE AO SENHOR JUAREZ BEZERRA DE_x000D_
 MEDEIROS.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/368/368_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/368/368_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE LICENÇA PARA GOZO DE_x000D_
 FÉRIAS REMUNERADAS AO PREFEITO_x000D_
 MUNICIPAL DE ACARI/RN PELO PERÍODO_x000D_
 DE 30 (TRINTA) DIAS.</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>LEÓ</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/2/2_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/2/2_texto_integral.pdf</t>
   </si>
   <si>
     <t>FAZER UM PONTILHÃO NA RUA ANA FERNANDES_x000D_
 NA DIVISA ENTRE O BAIRRO CENTRO E O BAIRRO VEREADOR TARCÍSIO BEZERRA (RIACHO DA JULIANA).</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/3/3_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/3/3_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSTRUIR UMA PASSAGEM MOLHADA NO RIO_x000D_
 ACAUÃ NA COMUNIDADE ACAUÃ.</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>CHICO DIAS</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/4/4_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/4/4_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE NO PERÍODO DOS FESTEJOS EM PROL DA FESTA DE_x000D_
 NOSSA SENHORA DA GUIA SEJA FEITA UMA FISCALIZAÇÃO RIGOROSA NOS PARQUES DE_x000D_
 DIVERSÕES, DESDE AS INSTALAÇÕES ELÉTRICAS ATÉ A DOCUMENTAÇÃO EM QUE DIZ_x000D_
 RESPEITO A REGULAMENTAÇÃO E HABILITAÇÃO PARA O USO.</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>ARI</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/5/5_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/5/5_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSTRUIR UM ACOSTAMENTO PARA PEDESTRE NA_x000D_
 RUA VICENTE DE MOURA, NAS IMEDIAÇÕES ENTRE A ASSOCIAÇÃO AMANDA LARISSA (CASA_x000D_
 DA JUVENTUDE) E A ESCOLA REALIDADE EM CRISTO MAANAIM.</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/6/6_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/6/6_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSTRUIR UMA LOMBADA NO FINAL DA RUA ANTENOR CABRAL NO BAIRRO ARY DE PINHO.</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/7/7_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/7/7_texto_integral.pdf</t>
   </si>
   <si>
     <t>ARRANCAR SENDO UMA BRAÇA DE CADA LADO OS_x000D_
 MATOS DAS ESTRADAS VICINAIS QUE LIGAM ACARI / COMUNIDADE VACA BRAVA E ACARI /_x000D_
 COMUNIDADE IPUERA DO MATO NAS ÁREAS DE MAIOR NECESSIDADE POR ONDE TRAFEGAM_x000D_
 OS TRANSPORTES ESCOLARES.</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/8/8_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/8/8_texto_integral.pdf</t>
   </si>
   <si>
     <t>IMPLANTAR LUMINÁRIAS NO CANTEIRO CENTRAL_x000D_
 SITUADO NA RUA NEÔNIO MANOEL DOS SANTOS NO BAIRRO PETRÓPOLIS.</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/9/9_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/9/9_texto_integral.pdf</t>
   </si>
   <si>
     <t>IMPLANTAR UMA LOMBADA NA RUA DOUTOR JOSÉ_x000D_
 AUGUSTO NAS IMEDIAÇÕES DE PEDRO CABELEIREIRO.</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>ZE GENTIL</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/10/10_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/10/10_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVITALIZAR A ESTRADA (BOQUEIRÃO DO BICO)_x000D_
 QUE LIGA AS COMUNIDADES: CARNAUBINHA, ASSENTAMENTO POETA JOSÉ GONÇALVES,_x000D_
 ACAUÃ DOS DANTAS, CABEÇO BRANCO E QUIXABA, AO QUAL DA ACESSO A SEDE DO NOSSO_x000D_
 MUNICÍPIO.</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>ISMAEL MEDEIROS</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/11/11_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/11/11_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFORMAR E ARBORIZAR A PRAÇA THAZIA LUANA_x000D_
 DE ARAÚJO DANTAS.</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/12/12_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/12/12_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSTRUIR UMA PRAÇA COMO &amp;#8220;MINI-QUADRA&amp;#8221;_x000D_
 PARA REALIZAÇÃO DE PRÁTICAS DESPORTIVAS, EM FRENTE A SOCIEDADE VINCENTINA DE_x000D_
 ASSISTÊNCIA SOCIAL (ABRIGO DO IDOSOS).</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/13/13_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/13/13_texto_integral.pdf</t>
   </si>
   <si>
     <t>ARBORIZAÇÃO DOS CANTEIROS LOCALIZADOS NA RUA SILVINO_x000D_
 ADONIAS NUNES, PRÓXIMO AO TERMINAL RODOVIÁRIO E NAS IMEDIAÇÕES DO_x000D_
 RESTAURANTE SOBRADINHO.</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/14/14_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/14/14_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSTRUIR UMA COBERTURA PARA OS PONTOS DE_x000D_
 TÁXIS LOCALIZADOS JUNTO A PRAÇA CEL. SILVINO BEZERRA (PRAÇA DOS TAXISTAS).</t>
   </si>
   <si>
     <t>ISMAEL MEDEIROS, ZUIL</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/15/15_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/15/15_texto_integral.pdf</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/16/16_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/16/16_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSTRUIR UMA LOMBADA NA RUA MANOEL_x000D_
 UBALDO NETO EM FRENTE A RESIDÊNCIA DO SENHOR PAULO BERNARDO.</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>ISMAEL MEDEIROS, STELLA</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/17/17_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/17/17_texto_integral.pdf</t>
   </si>
   <si>
     <t>RECUPERAR E ARBORIZAR A PRAÇA RAIMUNDO_x000D_
 NONATO DE MEDEIROS (RAIMUNDO DE MAGO), LOCALIZADA AS MARGENS DA RN-288, NO_x000D_
 BAIRRO LUIZ GONZAGA.</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/18/18_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/18/18_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA CONCEDIDO TÍTULO DE CIDADÃO ACARIENSE AO_x000D_
 SENHOR FÁBIO ROSSELT NOGUEIRA E A SENHORA IGARA GALVÃO DE OLIVEIRA NOGUEIRA.</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/24/24_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/24/24_texto_integral.pdf</t>
   </si>
   <si>
     <t>FAZER A PAVIMENTAÇÃO DA RUA MANOEL_x000D_
 VENTURA LOCALIZADO NO POVOADO BULHÕES.</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/25/25_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/25/25_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE_x000D_
 O MESMO CRIE O CONSELHO MUNICIPAL DA JUVENTUDE.</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/26/26_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/26/26_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE O_x000D_
 MESMO, DENTRO DAS POSSIBILIDADES, TOME AS NECESSÁRIAS PROVIDÊNCIAS NO_x000D_
 SENTIDO DE COLOCAR POSTE COM LUMINÁRIA NA RUA JUVENAL BELÉM, BAIRRO CENTRO,_x000D_
 POR TRAZ DA OFICINA DE LAZÁRO NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/27/27_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/27/27_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE_x000D_
 O MESMO, DENTRO DAS POSSIBILIDADES, TOME AS NECESSÁRIAS PROVIDÊNCIAS NO_x000D_
 SENTIDO DE FAZER A RECUPERAÇÃO DA QUADRA DE ESPORTES LOCALIZADA NA_x000D_
 COMUNIDADE VACA BRAVA, ZONA RURAL DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/28/28_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/28/28_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE O_x000D_
 MESMO, DENTRO DAS POSSIBILIDADES, TOME AS NECESSÁRIAS PROVIDÊNCIAS NO_x000D_
 SENTIDO DE REFORMAR A PASSAGEM MOLHADA COM MANILHAS DO RIO SALGADO NA_x000D_
 COMUNIDADE VACA BRAVA, ZONA RURAL DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/29/29_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/29/29_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE_x000D_
 SEJA TOMADA AS DEVIDAS PROVIDÊNCIAS NO SENTIDO DE PAVIMENTAR FAZENDO_x000D_
 UMA ADAPTAÇÃO ENTRE A RUA DESEMBARGADOR SILVINO BEZERRA E A BR-427 NAS_x000D_
 IMEDIAÇÕES DO CEMITÉRIO SÃO JOÃO BATISTA (CEMITÉRIO NOVO) E CONSTRUIR UM_x000D_
 CANTEIRO NO ESPAÇO TRIANGULAR NESSA ADAPTAÇÃO.</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/30/30_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/30/30_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE_x000D_
 SEJA TOMADA AS DEVIDAS PROVIDÊNCIAS NO SENTIDO DE PAVIMENTAR A RUA JOÃO_x000D_
 SOARES DE MEDEIROS A QUAL DÁ ACESSO A CRECHE MUNICIPAL MARIA DE FÁTIMA_x000D_
 ARAÚJO E A RUA VITÓRIA RIBEIRO DA SILVA LOCALIZADAS NO CONJUNTO HABITACIONAL_x000D_
 TEREZINHA PEREIRA GALVÃO.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/43/43_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/43/43_texto_integral.pdf</t>
   </si>
   <si>
     <t>...PARA QUE_x000D_
 SEJA TOMADA AS DEVIDAS PROVIDÊNCIAS NO SENTIDO DE COLOCAR AS PLACAS_x000D_
 IDENTIFICANDO OS LOGRADOUROS DE NOSSO MUNICÍPIO CONFORME LEIS SANCIONADAS NO_x000D_
 PODER EXECUTIVO.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/44/44_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/44/44_texto_integral.pdf</t>
   </si>
   <si>
     <t>...PARA QUE_x000D_
 SEJA TOMADA PROVIDÊNCIAS NO SENTIDO DE FAZER AS DEVIDAS MODIFICAÇÕES NA_x000D_
 ESTRUTURA FÍSICA DA PÇA CEL. SILVINO BEZERRA (PRAÇA DOS TAXISTAS), NO TOCANTE AO_x000D_
 TRAFEGO DE VEÍCULOS.</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/48/48_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/48/48_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE O MESMO DENTRO DE_x000D_
 SUAS POSSIBILIDADES JUNTAMENTE COM A SEMEC - SECRETARIA MUNICIPAL DE EDUCAÇÃO, NO_x000D_
 SENTIDO DE AJUDA DE CUSTO PARA O TRANSPORTE DOS ALUNOS DO IFRN – INSTITUTO FEDERAL DE_x000D_
 EDUCAÇÃO, CIÊNCIA E TECNOLOGIA DO RN.</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/49/49_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/49/49_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE O MESMO DENTRO DE_x000D_
 SUAS POSSIBILIDADES CONSTRUA SUA PRAÇA DE EVENTOS NA RUA DOUTOR JOSÉ AUGUSTO.</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/56/56_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/56/56_texto_integral.pdf</t>
   </si>
   <si>
     <t>NO SENTIDO DE INDENIZAR O TERRENO DO ANTIGO GRANJAL,_x000D_
 PARA A CONSTRUÇÃO DE UMA PRAÇA DE EVENTOS E A URBANIZAÇÃO DAQUELA ÁREA.</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/57/57_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/57/57_texto_integral.pdf</t>
   </si>
   <si>
     <t>NO SENTIDO DE PAVIMENTAR A RUA_x000D_
 FRANCISCO MEIRA E SÁ NO BAIRRO ARI DE PINHO, PRÓXIMO AO FÓRUM.</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>FÉLIX BEZERRA</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/58/58_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/58/58_texto_integral.pdf</t>
   </si>
   <si>
     <t>FAÇA UMA RECUPERAÇÃO DO AÇUDE MARIA FERREIRA, LOCALIZADO NA_x000D_
 ZONA RURAL DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/59/59_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/59/59_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE O MESMO DENTRO DE_x000D_
 SUAS POSSIBILIDADES FAÇA A PAVIMENTAÇÃO DA TRAVESSA AUCÉLIA GALVÃO DE MEDEIROS_x000D_
 MARQUES, LOCALIZADA ENTRE AS RUAS DA MATRIZ E A MANOEL BEZERRA.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/60/60_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/60/60_texto_integral.pdf</t>
   </si>
   <si>
     <t>NO SENTIDO DE, PAVIMENTAR A_x000D_
 RUA FÉLIX PEREIRA ARAÚJO, LOCALIZADO NO BAIRRO CENTRO, TENDO INÍCIO NA RUA DR._x000D_
 JOSÉ GONÇALVES DE MEDEIROS AO LADO DA FEIRA LIVRE, ATÉ A RESIDÊNCIA DO SR._x000D_
 ERIVONALDO (FILHO DE NEQUINHO LÚCIO).</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/61/61_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/61/61_texto_integral.pdf</t>
   </si>
   <si>
     <t>TOME AS NECESSÁRIAS PROVIDÊNCIAS NO SENTIDO DE, CONSTRUIR UM MATABURRO_x000D_
 NA COMUNIDADE VACA-BRAVA, LOCALIZADO NA DIVISA DA PROPRIEDADE DO SR. MOISES_x000D_
 DE CARVALHO COM GILDENOR EVERALDO SANTOS (CORRO).</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/62/62_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/62/62_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAR A RUA_x000D_
 JOSÉ ELOI DA SILVA INTERLIGANDO COM AS RUAS FRANCISCO DAS CHAGAS E A RUA JOÃO_x000D_
 SÓLON DE MEDEIROS FILHO, TODAS LOCALIZADAS NO BAIRRO ARI DE PINHO.</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/63/63_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/63/63_texto_integral.pdf</t>
   </si>
   <si>
     <t>NO SENTIDO DE CONTINUAR COM A_x000D_
 PAVIMENTAÇÃO E CANALIZAÇÃO DA RUA JORÁCIO MAMEDE GALVÃO LOCALIZADO NO_x000D_
 BAIRRO LUIZ GONZAGA.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/64/64_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/64/64_texto_integral.pdf</t>
   </si>
   <si>
     <t>NO SENTIDO DE FAZER A PAVIMENTAÇÃO_x000D_
 DA RUA MENDES MEDEIROS, NO CONJUNTO HABITACIONAL PARQUE DOS ANGICOS_x000D_
 LOCALIZADA NO BAIRRO PETRÓPOLIS.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/65/65_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/65/65_texto_integral.pdf</t>
   </si>
   <si>
     <t>NO SENTIDO DE FAZER A MANUTENÇÃO_x000D_
 DAS LUMINÁRIAS NA PRAÇA TOMÁZ ROSENDO DE ARAÚJO LOCALIZADA EM FRENTE AO_x000D_
 TERMINAL RODOVIÁRIO.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/163/163_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/163/163_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE O_x000D_
 MESMO TOME AS NECESSÁRIAS PROVIDÊNCIAS NO SENTIDO DE COMPLEMENTAR A_x000D_
 PAVIMENTAÇÃO DA RUA ANTONIO BEZERRA NAS IMEDIAÇÕES DA ESCOLA MUNICIPAL_x000D_
 TEREZINHA DE LOURDES, SITUADA NO BAIRRO ARI DE PINHO.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>ZUIL</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/165/165_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/165/165_texto_integral.pdf</t>
   </si>
   <si>
     <t>...PARA QUE O_x000D_
 MESMO TOME AS NECESSÁRIAS PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR UMA_x000D_
 PASSAGEM MOLHADA NA RUA ANTONIO FERREIRA, SITUADA NO BAIRRO PETRÓPOLIS.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/173/173_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/173/173_texto_integral.pdf</t>
   </si>
   <si>
     <t>...PARA QUE O MESMO DENTRO DE_x000D_
 SUAS POSSIBILIDADES FAÇA A MANUTENÇÃO DA VIA QUE DÁ ACESSO AO AÇUDE MARECHAL_x000D_
 DUTRA (GARGALHEIRA), A PARTIR DA QUADRA DE ESPORTES ATÉ A PAREDE.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/164/164_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/164/164_texto_integral.pdf</t>
   </si>
   <si>
     <t>...PARA QUE O MESMO DENTRO DE_x000D_
 SUAS POSSIBILIDADES FAÇA A PAVIMENTAÇÃO NAS ADJACÊNCIAS DA CRECHE MUNICIPAL DR._x000D_
 SILVINO BEZERRA FILHO (ANTIGO JARDIM DE INFÂNCIA).</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/171/171_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/171/171_texto_integral.pdf</t>
   </si>
   <si>
     <t>...PARA QUE O MESMO DENTRO DAS_x000D_
 POSSIBILIDADES, TOME AS NECESSÁRIAS PROVIDÊNCIAS NO SENTIDO DE, COMPLEMENTAR A_x000D_
 PAVIMENTAÇÃO DA RUA TEÓFILO DANTAS LOCALIZADO NO BAIRRO VEREADOR TARCÍSIO_x000D_
 BEZERRA GALVÃO.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/168/168_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/168/168_texto_integral.pdf</t>
   </si>
   <si>
     <t>...PAVIMENTAR A RUA_x000D_
 RAIMUNDO AUGUSTO DE SOUZA E PARTE DA RUA VICENTE DE MOURA, NO BAIRRO_x000D_
 SENADOR DINARTE MARIZ.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>ARI, ZUIL</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/169/169_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/169/169_texto_integral.pdf</t>
   </si>
   <si>
     <t>...PARA QUE O MESMO DENTRO DAS_x000D_
 POSSIBILIDADES, TOME AS NECESSÁRIAS PROVIDÊNCIAS NO SENTIDO DE INTERCEDER JUNTO AO_x000D_
 DNIT – (DEPARTAMENTO NACIONAL DE INFRA-ESTRUTURA DE TRANSPORTE) QUE SEJAM_x000D_
 IMPLANTADOS TACHÕES REFLETIVOS NA BR 427.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/174/174_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/174/174_texto_integral.pdf</t>
   </si>
   <si>
     <t>...PARA QUE O_x000D_
 MESMO DENTRO DAS POSSIBILIDADES CONSTRUA UMA PRAÇA PARA PRÁTICAS ESPORTIVAS_x000D_
 NAS PROXIMIDADES DA CAPELA DE SANTA LUZIA NO BAIRRO VEREADOR TARCÍSIO_x000D_
 BEZERRA GALVÃO.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/166/166_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/166/166_texto_integral.pdf</t>
   </si>
   <si>
     <t>...PARA QUE_x000D_
 O MESMO TOME AS NECESSÁRIAS PROVIDÊNCIAS NO SENTIDO DE PROVIDENCIAR O_x000D_
 MEIO DE TRANSPORTES DOS ALUNOS DA ZONA RURAL ATRAVÉS DE ÔNIBUS SUBSTITUINDO_x000D_
 AS CAMINHONETAS (PAU DE ARARA).</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/215/215_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/215/215_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE O_x000D_
 MESMO TOME AS NECESSÁRIAS PROVIDÊNCIAS NO SENTIDO DE PAVIMENTAR O ACESSO,_x000D_
 AS COVAS JÁ CONSTRUÍDAS, NO CEMITÉRIO PÚBLICO SÃO JOÃO BATISTA E SUAS RUAS.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/178/178_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/178/178_texto_integral.pdf</t>
   </si>
   <si>
     <t>...PARA QUE O MESMO DENTRO DAS_x000D_
 POSSIBILIDADES, TOME AS NECESSÁRIAS PROVIDÊNCIAS NO SENTIDO DE RECUPERAR O MAIS_x000D_
 RÁPIDO POSSÍVEL A VIA DE PEDESTRE DA PAREDE DO AÇUDE DAS OITICICAS (AÇUDE DA SANTA).</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/179/179_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/179/179_texto_integral.pdf</t>
   </si>
   <si>
     <t>...PARA QUE O_x000D_
 MESMO TOME AS NECESSÁRIAS PROVIDÊNCIAS NO SENTIDO DE PAVIMENTAR AO REDOR_x000D_
 DA CAPELA DE SANTA RITA DE CÁSSIA, LOCALIZADO NO BAIRRO PETRÓPOLIS.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/180/180_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/180/180_texto_integral.pdf</t>
   </si>
   <si>
     <t>...PARA QUE O_x000D_
 MESMO TOME AS NECESSÁRIAS PROVIDÊNCIAS NO SENTIDO DE PAVIMENTAR A RUA_x000D_
 JOÃO FERREIRA, LOCALIZADA ENTRE AS RUAS MANOEL NORTE E PEDRO ESTEVAM, TODAS_x000D_
 NO BAIRRO PETRÓPOLIS.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/181/181_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/181/181_texto_integral.pdf</t>
   </si>
   <si>
     <t>...PARA QUE O_x000D_
 MESMO DENTRO DAS POSSIBILIDADES JUNTO A EMPRESA OI, FAÇA A CONCESSÃO DE_x000D_
 UMA CENTRAL DE SERVIÇOS DE ATENDIMENTO (190), PARA O NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/218/218_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/218/218_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE O_x000D_
 MESMO TOME AS NECESSÁRIAS PROVIDÊNCIAS NO SENTIDO DE ASFALTAR AS RUAS_x000D_
 TOMAZ DE ARAÚJO, OTÁVIO LAMARTINE INTERLIGANDO COM A ANTONIO BASÍLIO E AS_x000D_
 DUAS VIAS (MÃO E CONTRA-MÃO) DA DOUTOR JOSÉ AUGUSTO.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/219/219_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/219/219_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE O_x000D_
 MESMO TOME AS NECESSÁRIAS PROVIDÊNCIAS NO SENTIDO DE FAZER UMA OPERAÇÃO_x000D_
 TAPA BURACO NA PONTE JUVENAL LAMARTINE ATÉ A BR-427 E RN-288 ATÉ A DIVISA_x000D_
 COM O MUNICÍPIO DE CRUZETA.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/221/221_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/221/221_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE O_x000D_
 MESMO ENVIE OFÍCIO SOLICITANDO JUNTO AO ÓRGÃO COMPETENTE PARA QUE TOME AS_x000D_
 NECESSÁRIAS PROVIDÊNCIAS NO SENTIDO DE SINALIZAR A ESTRADA QUE DÁ ACESSO AO_x000D_
 POVOADO GARGALHEIRA.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/220/220_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/220/220_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE O MESMO DENTRO DAS_x000D_
 POSSIBILIDADES, TOME AS NECESSÁRIAS PROVIDÊNCIAS NO SENTIDO DE IMPLANTAR POSTES COM_x000D_
 LUMINÁRIAS NA RUA MANOEL ROZENDO DOS SANTOS, LOCALIZADA NO BAIRRO VEREADOR TARCÍSIO_x000D_
 BEZERRA.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>ARI, FÉLIX BEZERRA</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/224/224_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/224/224_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE O MESMO_x000D_
 DENTRO DAS POSSIBILIDADES, TOME AS NECESSÁRIAS PROVIDÊNCIAS NO SENTIDO DE TRANSFERIR_x000D_
 A ATUAL FEIRA LIVRE PARA A RUA OTÁVIO LAMARTINE NO BAIRRO CENTRO DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/225/225_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/225/225_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA CONCEDIDO TÍTULO DE_x000D_
 CIDADÃO ACARIENSE AO SENHOR FAGNER BARROS DE LIMA.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/223/223_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/223/223_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA CONCEDIDO TÍTULO DE_x000D_
 CIDADÃO ACARIENSE AO SENHOR FERNANDO LUÍZ BARROS DE LIMA.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/228/228_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/228/228_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE O MESMO DENTRO DAS_x000D_
 POSSIBILIDADES PROVIDENCIE FARDAMENTO PARA OS GARIS.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/227/227_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/227/227_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE O MESMO DENTRO DAS_x000D_
 POSSIBILIDADES, TOME AS NECESSÁRIAS PROVIDÊNCIAS NO SENTIDO DE SUBSTITUIR OS QUADROS_x000D_
 NEGROS POR QUADROS BRANCOS DAS NOSSAS ESCOLAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/226/226_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/226/226_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE O_x000D_
 MESMO DENTRO DAS POSSIBILIDADES FAÇA A REVITALIZAÇÃO DO MONUMENTO “ JOÃO_x000D_
 SAMPAIO – O PESCADOR”, QUE FICA LOCALIZADO AO LADO DO PALÁCIO DOS ESPORTES_x000D_
 JORÁCIO MAMEDE GALVÃO.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/222/222_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/222/222_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE O_x000D_
 MESMO DENTRO DAS POSSIBILIDADES CONSTRUA UM CANTEIRO NAS IMEDIAÇÕES DA RUA_x000D_
 RAIMUNDO AUGUSTO DE SOUZA ATÉ O HOSPITAL REGIONAL DR. ODILON GUEDES DA_x000D_
 SILVA.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>MARINEIDE</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/253/253_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/253/253_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE O_x000D_
 MESMO DENTRO DAS POSSIBILIDADES FAÇA A EXTENSÃO DA PASSAGEM MOLHADA QUE_x000D_
 DÁ ACESSO AO ASSENTAMENTO BOA SORTE (COLONOS).</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/266/266_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/266/266_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE O_x000D_
 MESMO DENTRO DAS POSSIBILIDADES FAÇA A PAVIMENTAÇÃO DAS RUAS PEDRO PIRES DE_x000D_
 MEDEIROS E FRANCISCA VERAS GALVÃO LOCALIZADAS NO BAIRRO PETRÓPOLIS.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/250/250_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/250/250_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE O_x000D_
 MESMO DENTRO DAS POSSIBILIDADES FAÇA A PAVIMENTAÇÃO DA RUA DESEMBARGADOR_x000D_
 SILVINO BEZERRA DAS IMEDIAÇÕES DA CAPELA DE SANTA RITA DE CÁSSIA ATÉ O_x000D_
 CONJUNTO HABITACIONAL PARQUE DOS ANGICOS LOCALIZADA NO BAIRRO PETRÓPOLIS.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/251/251_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/251/251_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDINDO_x000D_
 URGÊNCIA – URGENTÍSSIMA, PARA QUE O MESMO FAÇA A RESTAURAÇÃO DO PRÉDIO DA_x000D_
 BIBLIOTECA PÚBLICA MARIA JOSÉ MAMEDE GALVÃO LOCALIZADA NO POVOADO BULHÕES.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/252/252_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/252/252_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA CONCEDIDO TITULO DE CIDADÃO ACARIENSE AO SENHOR FRANCISCO DE ASSIS_x000D_
 ARAÚJO.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/255/255_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/255/255_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA CONCEDIDO TITULO DE CIDADÃO ACARIENSE AO SENHOR DIÓGENES SOARES DA_x000D_
 SILVA.</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/256/256_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/256/256_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA CONCEDIDO TITULO DE CIDADÃ ACARIENSE A SENHORA ANA ELÍDIA GALVÃO_x000D_
 BEZERRA.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/257/257_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/257/257_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA CONCEDIDO TITULO DE CIDADÃ ACARIENSE A SENHORA MARIA DAS VITÓRIAS_x000D_
 ARAÚJO.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/259/259_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/259/259_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE O_x000D_
 MESMO SOLICITE JUNTO AO DIRETOR DA EMPARN, UM TRATOR COM ENSILADEIRA E_x000D_
 CARROÇÃO PARA O MUNICÍPIO DE ACARI, PELO UM PERÍODO DE SESSENTA (60) DIAS.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/268/268_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/268/268_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA CONCEDIDO TITULO DE CIDADÃO ACARIENSE AO SENHOR ARMÊNIO MEDEIROS_x000D_
 DA COSTA.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/269/269_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/269/269_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE O MESMO DENTRO DAS_x000D_
 POSSIBILIDADES, TOME AS NECESSÁRIAS PROVIDÊNCIAS NO SENTIDO DE REFORMAR O CENTRO_x000D_
 COMUNITÁRIO DA COMUNIDADE VACA BRAVA.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/270/270_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/270/270_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE O MESMO DENTRO DAS_x000D_
 POSSIBILIDADES, TOME AS NECESSÁRIAS PROVIDÊNCIAS NO SENTIDO DE FAZER A PAVIMENTAÇÃO_x000D_
 DA RUA JOSÉ ENXUTO LOCALIZADA NO BAIRRO CENTRO.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/271/271_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/271/271_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA CONCEDIDO TITULO DE CIDADÃO ACARIENSE A SENHORA ALBERVÂNIA SILVA DE_x000D_
 MEDEIROS COSTA.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/272/272_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/272/272_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE O_x000D_
 MESMO TOME AS NECESSÁRIAS PROVIDÊNCIAS NO SENTIDO DE FAZER A LIMPEZA NO_x000D_
 TOCANTE A PINTURA NOS QUIOSQUES DA PRAÇA DE ALIMENTAÇÃO ELISEU VITORIANO DA_x000D_
 SILVA E IMPLANTAR RESERVATÓRIOS D’ÁGUA NO TAMANHO APROPRIADO A CADA_x000D_
 QUIOSQUE.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/273/273_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/273/273_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA CONCEDIDO TITULO DE CIDADANIA ACARIENSE AO SENHOR FRANCISCO_x000D_
 ALDEMAR MASCENA DE AZEVÊDO E A SENHORA CLEIDVA DE ARAÚJO AZEVÊDO_x000D_
 MASCENA.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/274/274_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/274/274_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA CONCEDIDO TITULO DE CIDADANIA ACARIENSE AO SENHOR JOSÉ PEREIRA_x000D_
 SOBRINHO.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/275/275_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/275/275_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA CONCEDIDO TITULO DE CIDADANIA ACARIENSE A SENHORA MARIA GORETTI_x000D_
 DANTAS DE MEDEIROS.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/276/276_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/276/276_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA CONCEDIDO TÍTULO DE_x000D_
 CIDADÃO ACARIENSE A JOVEM ELIJARA FERREIRA DA SILVA.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/277/277_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/277/277_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE O MESMO DENTRO DAS_x000D_
 POSSIBILIDADES TOME AS DEVIDAS PROVIDÊNCIAS NO SENTIDO DE RECUPERAR AS_x000D_
 ESTRADAS DA ZONA RURAL DE NOSSO MUNICÍPIO, POIS SE ENCONTRAM EM PÉSSIMAS_x000D_
 CONDIÇÕES DE TRÁFEGO.</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/287/287_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/287/287_texto_integral.pdf</t>
   </si>
   <si>
     <t>NO SENTIDO VIABILIZE A CONSTRUÇÃO DE_x000D_
 UMA QUADRA POLIESPORTIVA COBERTA NO POVOADO BULHÕES.</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/285/285_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/285/285_texto_integral.pdf</t>
   </si>
   <si>
     <t>NO SENTIDO DE PAVIMENTAR A RUA_x000D_
 OSCAR NELSON LOPES DE ARAÚJO, LOCALIZADA NO BAIRRO ARI DE PINHO.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>ARI, CHICO DIAS</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/291/291_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/291/291_texto_integral.pdf</t>
   </si>
   <si>
     <t>NO SENTIDO DE FAZER A PAVIMENTAR A_x000D_
 TRAVESSA ENTRE AS RUAS MÁRIO GONÇALVES E RUA ADALBERTO BRÁZ LOCALIZADAS NO_x000D_
 BAIRRO ARI DE PINHO.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/288/288_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/288/288_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE O_x000D_
 SEJA DENOMINADO DE TRAVESSA WISLEY KELIS DANTAS (NENZO), A TRAVESSA ENTRE AS_x000D_
 RUA TOMAZ DE ARAÚJO E RUA JOAQUIM JOSÉ.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>ARI, LEÓ</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/290/290_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/290/290_texto_integral.pdf</t>
   </si>
   <si>
     <t>NO SENTIDO TRANSMITIR_x000D_
 NOSSAS SESSÕES ATRAVÉS DAS ONDAS DE RÁDIOS AO ALCANCE DE NOSSOS MUNÍCIPES.</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/289/289_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/289/289_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE_x000D_
 SEJA FEITA A DESOBSTRUÇÃO DA RUA SILVINO BEZERRA FILHO NAS IMEDIAÇÕES ENTRE A_x000D_
 ESCOLA PROFESSORA IRACEMA BRANDÃO DE ARAÚJO (EEPIBA) E BORRACHARIA DO_x000D_
 SENHOR JOÃO DE ZÉ DESTÃO.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/286/286_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/286/286_texto_integral.pdf</t>
   </si>
   <si>
     <t>NO SENTIDO DE FAZER O_x000D_
 MELHORAMENTO DO ACESSO A RUA DR. PEDRO ETELVINO DE GÓIS, NAS IMEDIAÇÕES DA_x000D_
 BR- 427.</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/292/292_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/292/292_texto_integral.pdf</t>
   </si>
   <si>
     <t>NO SENTIDO DE SINALIZAR OS_x000D_
 QUEBRA-MOLAS DO PERÍMETRO URBANO DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/284/284_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/284/284_texto_integral.pdf</t>
   </si>
   <si>
     <t>NO SENTIDO DE IMPLANTAR UMA_x000D_
 JANELA NA LATERAL NO QUIOSQUE ONDE O SENHOR MARCOS COMERCIALIZA, LOCALIZADO_x000D_
 NO TERMINAL RODOVIÁRIO.</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/302/302_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/302/302_texto_integral.pdf</t>
   </si>
   <si>
     <t>NO SENTIDO DE RECUPERAR COM URGÊNCIA/URGENTÍSSIMA O_x000D_
 PONTILHÃO LOCALIZADO NA BEIRA DO RIO, ENTRE A PROPRIEDADE DA SENHORA MINERVA_x000D_
 E DO SENHOR JACINTO.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/303/303_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/303/303_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE O_x000D_
 MESMO DENTRO DAS POSSIBILIDADES TOME AS DEVIDAS PROVIDÊNCIAS NO SENTIDO_x000D_
 DE FAZER A PAVIMENTAÇÃO DA RUA ENÉAS PIRES GALVÃO, LOCALIZADO NO BAIRRO ARI DE_x000D_
 PINHO.</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/304/304_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/304/304_texto_integral.pdf</t>
   </si>
   <si>
     <t>NO SENTIDO DE PAVIMENTAR A_x000D_
 RUA PROFESSORA IZABEL TEREZA BEZERRA LOCALIZADA NO BAIRRO SENADOR DINARTE_x000D_
 MARIZ ENTRE A RUA VICENTE DE MOURA E A RUA PROFESSORA MARIA BENEDITA_x000D_
 DANTAS.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/305/305_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/305/305_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE O_x000D_
 MESMO TOME AS NECESSÁRIAS PROVIDÊNCIAS NO SENTIDO DE FAZER A PAVIMENTAÇÃO_x000D_
 DA RUA NELSON FELICIANO DA ROCHA, LOCALIZADO NO BAIRRO ARI DE PINHO.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/307/307_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/307/307_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE O_x000D_
 MESMO TOME AS NECESSÁRIAS PROVIDÊNCIAS NO SENTIDO COMPLEMENTAR A_x000D_
 PAVIMENTAÇÃO DA RUA DR. PEDRO ETELVINO DE GÓIS, LOCALIZADA NO BAIRRO PADRE_x000D_
 JOSÉ DANTAS CORTEZ.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/308/308_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/308/308_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE O_x000D_
 MESMO TOME AS NECESSÁRIAS PROVIDÊNCIAS NO SENTIDO DE FAZER A REPOSIÇÃO DA_x000D_
 TABELA DE CESTA DE BASQUETE DA QUADRA DE ESPORTE EXTERNA DO GINÁSIO DR._x000D_
 JORÁCIO MAMEDE GALVÃO.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/311/311_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/311/311_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE O_x000D_
 MESMO TOME AS NECESSÁRIAS PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR UM MIRANTE_x000D_
 NA SERRA DE LAGOA SECA CONHECIDA COMO SERRA DA TELERN.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/314/314_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/314/314_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE O MESMO TOME AS NECESSÁRIAS PROVIDÊNCIAS NO SENTIDO DE COLOCAR_x000D_
 LUMINÁRIAS EM POSTES NA COMUNIDADE VACA BRAVA.</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/313/313_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/313/313_texto_integral.pdf</t>
   </si>
   <si>
     <t>NO SENTIDO CONSTRUIR UMA LOMBADA_x000D_
 NA RUA MÁRIO GONÇALVES DE MEDEIROS NAS IMEDIAÇÕES DA RESIDÊNCIA DA SENHORA_x000D_
 ROBENILDA (DE ZÉ DE BRABO).</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/323/323_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/323/323_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE O_x000D_
 MESMO TOME AS NECESSÁRIAS PROVIDÊNCIAS NO SENTIDO DE ADQUIRIR UM BOTIJÃO_x000D_
 DE NITROGÊNIO PARA INSEMINAÇÃO ARTIFICIAL EM BOVINOS.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/321/321_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/321/321_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE SEJA_x000D_
 IMPLANTADO APARELHOS PARA PRÁTICAS DE EXERCÍCIOS FÍSICOS, NAS IMEDIAÇÕES DA_x000D_
 ESCOLA MUNICIPAL CIPRIANO SANTA ROSA E A CAPELA DE SANTA LUZIA</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/322/322_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/322/322_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE O MESMO_x000D_
 DENTRO DAS POSSIBILIDADES TOME AS DEVIDAS PROVIDÊNCIAS NO SENTIDO DE_x000D_
 RESTAURAR A CERCA DO GINÁSIO DE ESPORTES JORÁCIO MAMEDE GALVÃO.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/329/329_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/329/329_texto_integral.pdf</t>
   </si>
   <si>
     <t>NO SENTIDO DE IMPLANTAR UMA_x000D_
 BIBLIOTECA PÚBLICA NA ESCOLA MUNICIPAL JOÃO GOMES, SITUADA NO SÍTIO BARRA DO_x000D_
 RIO CARNAÚBA.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/330/330_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/330/330_texto_integral.pdf</t>
   </si>
   <si>
     <t>NO SENTIDO DE FAZER A_x000D_
 PAVIMENTAÇÃO DA RUA EDUARDO GALVÃO COMPREENDENDO TAMBÉM A LATERAL DO_x000D_
 CENTRO DE MÚLTIPLO USO ATÉ A PONTE JUVENAL LAMARTINE (PONTE VELHA) E_x000D_
 COMPLEMENTAR A PAVIMENTAÇÃO DA RUA INÊS MEDEIROS NO BAIRRO CENTRO.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/326/326_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/326/326_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE O_x000D_
 MESMO TOME AS NECESSÁRIAS PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR UM ACESSO_x000D_
 ENTRE AS ARQUIBANCADAS DO PALÁCIO DR. JORÁCIO MAMEDE GALVÃO.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/333/333_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/333/333_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE O_x000D_
 MESMO TOME AS NECESSÁRIAS PROVIDÊNCIAS NO SENTIDO DE FAZER A PAVIMENTAÇÃO_x000D_
 DA RUA ODILON PAULINO BARACHO, ENTRE AS RUAS MARIA NUNES E AURÉLIO PIRES_x000D_
 SITUADAS NO BAIRRO LUIZ GONZAGA.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/335/335_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/335/335_texto_integral.pdf</t>
   </si>
   <si>
     <t>NO SENTIDO DE IMPLANTAR UMA_x000D_
 ESTRUTURA FÍSICA PADRONIZADA EM CADA PONTO DE MOTO TÁXI PARA USO EXCLUSIVO_x000D_
 DOS MOTO TAXISTAS DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/336/336_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/336/336_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE O_x000D_
 MESMO TOME AS NECESSÁRIAS PROVIDÊNCIAS JUNTO A ÓRGÃO COMPETENTE NO_x000D_
 SENTIDO DE IMPLANTAR 01 (UM) SEMÁFORO LUMINOSO DE 03 (TRÊS) TEMPOS NO_x000D_
 CRUZAMENTO DA BR 427 COM AS RUAS TOMAZ DE ARAÚJO E DR. JOSÉ AUGUSTO.</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/337/337_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/337/337_texto_integral.pdf</t>
   </si>
   <si>
     <t>NO SENTIDO DE FAZER UM ACOMPANHAMENTO NAS ÁREAS_x000D_
 MÉDICAS DE: (CLÍNICO GERAL E ODONTÓLOGOS), ASSISTÊNCIA SOCIAL E PSICÓLOGICAS,_x000D_
 JUNTO AOS DETENTOS QUE ESTÃO CUMPRINDO PENA NA DELEGACIA LOCAL.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/339/339_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/339/339_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE O_x000D_
 MESMO TOME AS NECESSÁRIAS PROVIDÊNCIAS JUNTO AO ÓRGÃO COMPETENTE NO_x000D_
 SENTIDO DE FAZER A IMPLANTAÇÃO DE POSTES E INSTALAÇÃO DE LUMINÁRIAS PÚBLICA_x000D_
 NAS RUAS: JOÃO SOLON DE MEDEIROS FILHO, JOSÉ ELÓI DA SILVA, SITUADAS NO_x000D_
 BAIRRO ARI DE PINHO E JOÃO FERREIRA DA SILVA SITUADA NO BAIRRO PETRÓPOLIS.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/340/340_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/340/340_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE O_x000D_
 MESMO TOME AS NECESSÁRIAS PROVIDÊNCIAS NO SENTIDO DE EFETUAR A ASSINATURA_x000D_
 ANUAL DE REVISTAS EDUCATIVAS E INFORMATIVAS COMO POR EXEMPLO REVISTAS: VEJA,_x000D_
 ÉPOCA, SUPERINTERESSANTE ENTRE OUTRAS, CUJA PUBLICAÇÃO É SEMANAL, PARA A_x000D_
 BIBLIOTECA PÚBLICA MUNICIPAL MARIA DE JESUS BEZERRA.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/341/341_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/341/341_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE O_x000D_
 MESMO TOME AS NECESSÁRIAS PROVIDÊNCIAS NO SENTIDO DE FIRMAR CONVÊNIO COM_x000D_
 O MINISTÉRIO DA SAÚDE PARA A AQUISIÇÃO DE UM “ODONTOMÓVEL”.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/343/343_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/343/343_texto_integral.pdf</t>
   </si>
   <si>
     <t>APÓS OUVIDO O PLENÁRIO_x000D_
 QUE ESTA CASA ENVIE EXPEDIENTE DIRECIONADO AO MINISTÉRIO PUBLICO – COMARCA_x000D_
 DE ACARI – RN, REIVINDICANDO A POSSIBILIDADE DE NOMEAÇÃO DE UM DELEGADO_x000D_
 DE CARREIRA PARA ATUAR COM EXCLUSIVIDADE EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/345/345_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/345/345_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE O_x000D_
 MESMO TOME AS NECESSÁRIAS PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR PRAÇAS_x000D_
 PÚBLICAS COM ESTRUTURA PARA ESPORTE E LAZER NO CONJUNTO HABITACIONAL_x000D_
 TEREZINHA PEREIRA GALVÃO SITUADO NO BAIRRO PETRÓPOLIS E NO BAIRRO PADRE JOSÉ_x000D_
 DANTAS CORTEZ.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/346/346_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/346/346_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE O_x000D_
 MESMO TOME AS NECESSÁRIAS PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR UM ABRIGO_x000D_
 (PARADA DE ÔNIBUS) LOGO APÓS A PONTE EDMUNDO GOMES DA SILVA CONHECIDA_x000D_
 COMO PONTE NOVA NAS IMEDIAÇÕES DA AUTO ELÉTRICA 2 IRMÃOS.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/347/347_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/347/347_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE O_x000D_
 MESMO TOME AS NECESSÁRIAS PROVIDÊNCIAS PARA QUE SEJA IMPLANTADO O BUSTO_x000D_
 DO SENHOR JOSÉ BRAZ FILHO, NO LOCAL ONDE JÁ SE ENCONTRA PREPARADA, NA ENTÃO_x000D_
 PRAÇA DENOMINADA DE JOSÉ BRAZ FILHO, SITUADA NA RUA DA MATRIZ DE NOSSA_x000D_
 CIDADE.</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/348/348_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/348/348_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE O_x000D_
 MESMO TOME AS NECESSÁRIAS PROVIDÊNCIAS NO SENTIDO DE CONSTRUIR UM QUEBRAMOLAS_x000D_
 NA RUA CORONEL FRANCISCO BEZERRA NA MÃO OPOSTA DO EXISTENTE, SITUADA_x000D_
 NO BAIRRO ARI DE PINHO.</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/349/349_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/349/349_texto_integral.pdf</t>
   </si>
   <si>
     <t>NO SENTIDO DE_x000D_
 CONSTRUIR 04 (QUATRO) MATA-BURROS NA ZONA RURAL DE NOSSO MUNICÍPIO, NOS_x000D_
 SEGUINTES LOCAIS:_x000D_
 1. NA PROPRIEDADE DO SENHOR OZENAN LOPES DE ARAÚJO (SITUADO NA_x000D_
 COMUNIDADE ACAUÃ);_x000D_
 2. ENTRE AS PROPRIEDADES DO SENHOR OZENAN LOPES DE ARAÚJO E SENHOR_x000D_
 JARBAS BRAZ GALVÃO (SITUADAS NA COMUNIDADE ACAUÃ);_x000D_
 3. ENTRE AS PROPRIEDADES DO SENHOR JARBAS BRAZ GALVÃO E O SENHOR JARLENO_x000D_
 BRAZ GALVÃO (SITUADAS NA COMUNIDADE ACAUÃ), E_x000D_
 4. ENTRE A PROPRIEDADE DA SENHORA JOANA D’ARC PIRES GALVÃO (SÍTIO SILÊNCIO)_x000D_
 E A PROPRIEDADE DO SENHOR MIGUEL JANUÁRIO (SÍTIO ACAUÃ DOS DANTAS).</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/350/350_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/350/350_texto_integral.pdf</t>
   </si>
   <si>
     <t>NO SENTIDO DE CONSTRUIR UMA_x000D_
 ESTRUTURA FÍSICA ADEQUADA PARA O SETOR DA MERENDA ESCOLAR MUNICIPAL.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/351/351_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/351/351_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE O_x000D_
 MESMO TOME AS NECESSÁRIAS PROVIDÊNCIAS JUNTO A SECRETARIA COMPETENTE NO_x000D_
 SENTIDO DE INFORMATIZAR A GESTÃO DO NOSSO MUNICÍPIO DE FORMA INTEGRADA_x000D_
 IMPLANTANDO O E-CIDADE (SOFTWARE PÚBLICO DE GESTÃO MUNICIPAL).</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/356/356_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/356/356_texto_integral.pdf</t>
   </si>
   <si>
     <t>NO SENTIDO DE_x000D_
 CONSTRUIR 02 (DOIS) MATA-BURROS NA ZONA RURAL DE NOSSO MUNICÍPIO, NOS_x000D_
 SEGUINTES LOCAIS:_x000D_
 1. NA PROPRIEDADE DO SENHOR FRANCISCO PASCOAL DE AZEVÊDO (SITUADO NA_x000D_
 COMUNIDADE CACIMBA DO MEIO); E_x000D_
 2. ENTRE AS PROPRIEDADES DO SENHOR EPITÁCIO MEDEIROS E O SENHOR JOSÉ_x000D_
 VINÍCIO DANTAS (SITUADAS NO SÍTIO PAU D’ARCO);</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/352/352_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/352/352_texto_integral.pdf</t>
   </si>
   <si>
     <t>NO SENTIDO DE_x000D_
 CONSTRUIR 01 (UM) MATA-BURRO NA ZONA RURAL DE NOSSO MUNICÍPIO, NO SEGUINTE_x000D_
 LOCAL:_x000D_
 1. NA ENTRADA DO SÍTIO PALMA PROPRIEDADE DO SAUDOSO SENHOR FRANCISCO_x000D_
 LUCIANO NETO (CHICO LUCIANO).</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/353/353_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/353/353_texto_integral.pdf</t>
   </si>
   <si>
     <t>NO SENTIDO DE CONSTRUIR UM ABRIGO_x000D_
 (PARADA DE ÔNIBUS) NO TREVO QUE INTERLIGA AS CIDADES DE CARNAÚBA DOS DANTAS,_x000D_
 ACARI E JARDIM DO SERIDÓ (TREVO DA RAJADA).</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/354/354_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/354/354_texto_integral.pdf</t>
   </si>
   <si>
     <t>NO SENTIDO DE REALIZAR JUNTO A ÓRGÃO_x000D_
 COMPETENTE UMA ANÁLISE DA QUALIDADE DA ÁGUA DO AÇUDE PÚBLICO MARIA_x000D_
 FERREIRA SITUADO NA ZONA RURAL DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/355/355_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/355/355_texto_integral.pdf</t>
   </si>
   <si>
     <t>NO_x000D_
 SENTIDO DE INSTALAR UM TELEFONE PÚBLICO COMUNITÁRIO, TIPO ORELHÃO, DO_x000D_
 SISTEMA RURAL CELL, NA COMUNIDADE BEIRA DO RIO, ASSENTAMENTO BOA SORTE E_x000D_
 SÍTIO JARDIM NA ZONA RURAL DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/360/360_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/360/360_texto_integral.pdf</t>
   </si>
   <si>
     <t>NO SENTIDO DE ASSENHOREAR-SE DO_x000D_
 TERRENO OUTRORA DOADO A ASSOCIAÇÃO DOS LOJISTAS DO ESPAÇO DA CULTURA, LAZER E_x000D_
 ARTESANATO DE ACARI, ONDE ATUALMENTE ENCONTRA-SE EXTINTA, SITUADO NAS_x000D_
 IMEDIAÇÕES DO PALÁCIO DOUTOR JORÁCIO MAMEDE GALVÃO (GINÁSIO DE ESPORTES).</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/361/361_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/361/361_texto_integral.pdf</t>
   </si>
   <si>
     <t>NO SENTIDO DE PAVIMENTAR A VIA QUE_x000D_
 INTERLIGA A RUA ANA FERNANDES E A RUA TOMAZ SEBASTIÃO SITUADA NO BAIRRO_x000D_
 CENTRO, NAS PROXIMIDADES DA RUA FÉLIX PEREIRA.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/359/359_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/359/359_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA ENVIADO EXPEDIENTE AO ÓRGÃO COMPETENTE (SETOR TUPS – OI), PARA QUE O_x000D_
 MESMO TOME AS NECESSÁRIAS PROVIDÊNCIAS NO SENTIDO DE INSTALAR UM_x000D_
 TELEFONE PÚBLICO COMUNITÁRIO, TIPO ORELHÃO, DO SISTEMA RURAL CELL, NA_x000D_
 COMUNIDADE SOLEDADE II, NAS PROXIMIDADES DA FÁBRICA DE PRÉ-MOLDADOS_x000D_
 “TORRES PRÉ-MOLDADOS” NA ZONA RURAL DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/362/362_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/362/362_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA ENVIADO EXPEDIENTE AO DEPUTADO FEDERAL JOÃO MAIA, PARA QUE O MESMO_x000D_
 INTERCEDA JUNTO AO DNIT, NO SENTIDO DE ASFALTAR O ACOSTAMENTO DA BR 427 NAS_x000D_
 IMEDIAÇÕES DO NOSSO MUNICÍPIO E FAZER A ADAPTAÇÃO DA RUA DESEMBARGADOR_x000D_
 SILVINO BEZERRA E A REFERIDA BR SITUADA PRÓXIMO AO CEMITÉRIO PÚBLICO SÃO JOÃO_x000D_
 BATISTA.</t>
   </si>
   <si>
     <t>1354</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/1354/1354_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/1354/1354_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE REQUER QUE, APÓS A TRAMITAÇÃO REGIMENTAL, SEJA CONSIGNADO VOTO DE PESAR A TODA A FAMÍLIA ENLUTADA PELO FALECIMENTO DO SENHOR FRANCISCO SERÁFICO DANTAS, QUE DEUS O CHAMOU PARA CONSIGO PERMANECER POR TODA A SUA ETERNIDADE.</t>
   </si>
   <si>
     <t>OFEX</t>
   </si>
   <si>
     <t>Ofícios Expedidos</t>
   </si>
   <si>
     <t>ISMAEL MEDEIROS SOUZA</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/66/66_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/66/66_texto_integral.pdf</t>
   </si>
   <si>
     <t>ASSUNTO: COMUNICAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/82/82_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/82/82_texto_integral.pdf</t>
   </si>
   <si>
     <t>ASSUNTO: COMUNICAÇÃO - PRESIDENTE DO TRIBUNAL DE CONTAS DO ESTADO – TCE</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/80/80_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/80/80_texto_integral.pdf</t>
   </si>
   <si>
     <t>ASSUNTO: COMUNICAÇÃO - CAIXA ECONÔMICA FEDERAL</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/85/85_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/85/85_texto_integral.pdf</t>
   </si>
   <si>
     <t>VENHO, POR MEIO DESTE, COMUNICAR A VOSSA SENHORIA QUE A 1ª REUNIÃO_x000D_
 ORDINÁRIA DO 1º PERÍODO LEGISLATIVO SERÁ REALIZADA NO DIA 26 DE FEVEREIRO (QUINTA-FEIRA)_x000D_
 DO CORRENTE ANO, EM HORÁRIO REGIMENTAL, NO PLENÁRIO DESTA CASA LEGISLATIVA.</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/83/83_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/83/83_texto_integral.pdf</t>
   </si>
   <si>
     <t>A CÂMARA DE VEREADORES VEM POR MEIO DESTE CONSIGNAR VOTO DE PESAR A_x000D_
 TODA A FAMÍLIA ENLUTADA PELO FALECIMENTO DA SENHORA AMÁLIA RODRIGUES DE_x000D_
 CARVALHO, QUE DEUS A CHAMOU PARA CONSIGO PERMANECER POR TODA A SUA ETERNIDADE.</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/86/86_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/86/86_texto_integral.pdf</t>
   </si>
   <si>
     <t>COMUNICADO AO CONSELHO MUNICIPAL DE ALIMENTAÇÃO ESCOLAR. A/C: TATIMARA DA GUIA MEDEIROS</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/81/81_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/81/81_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR A_x000D_
 PRESENÇA DE VOSSA SENHORIA NESTA EDILIDADE, NA PRÓXIMA SESSÃO ORDINÁRIA A REALIZAR-SE_x000D_
 NO DIA 10 DE MARÇO DO CORRENTE, A TRATAR-SE DE ASSUNTO RELACIONADO A SAÚDE_x000D_
 ESPECIFICAMENTE SOBRE A DENGUE. A/C: CAROLLINE ALICE GALVÃO SOUZA DUARTE_x000D_
 SECRETÁRIA MUNICIPAL DE SAÚDE PÚBLICA</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/84/84_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/84/84_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENVIO DE MATÉRIAS APROVADAS.</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/70/70_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/70/70_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENVIO DE MATÉRIA APROVADA.</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/71/71_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/71/71_texto_integral.pdf</t>
   </si>
   <si>
     <t>A CÂMARA DE VEREADORES VEM POR MEIO DESTE CONSIGNAR VOTO DE PESAR A_x000D_
 TODA A FAMÍLIA ENLUTADA PELO FALECIMENTO DO SENHOR JOSÉ PATRÍCIO DA SILVA, QUE_x000D_
 DEUS O CHAMOU PARA CONSIGO PERMANECER POR TODA A SUA ETERNIDADE.</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/75/75_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/75/75_texto_integral.pdf</t>
   </si>
   <si>
     <t>A CÂMARA DE VEREADORES VEM POR MEIO DESTE CONSIGNAR VOTO DE PESAR A_x000D_
 TODA A FAMÍLIA ENLUTADA PELO FALECIMENTO DO SENHOR JOÃO FRANCISCO DE ASSIS, QUE_x000D_
 DEUS O CHAMOU PARA CONSIGO PERMANECER POR TODA A SUA ETERNIDADE.</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/73/73_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/73/73_texto_integral.pdf</t>
   </si>
   <si>
     <t>A CÂMARA DE VEREADORES DE ACARI CONSCIENTE DAS RAZÕES E_x000D_
 OBJETIVOS DE ATUAÇÃO DE VOSSA SENHORIA NA POLÍTICA PARTIDÁRIA DO RN E DO_x000D_
 SERIDÓ QUER MANIFESTAR O APOIO AOS IDEAIS DESSA POSIÇÃO QUE VISA A AUTÊNTICA_x000D_
 LEGALIDADE DEMOCRÁTICA REALMENTE CONCRETIZADA POR ATITUDES E FATOS QUE_x000D_
 ENALTECEM NOSSA GENTE E QUE É DO CONHECIMENTO PÚBLICO. - A/C: DEPUTADO FEDERAL JOÃO MAIA</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/72/72_texto_integral.pdf</t>
-[...5 lines deleted...]
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/74/74_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/72/72_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/76/76_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/74/74_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM ATENDIMENTO A SOLICITAÇÃO VERBAL DO NOBRE VEREADOR ZUIL RIBEIRO_x000D_
 DA SILVA EM SESSÃO ORDINÁRIA DESTA CASA, VENHO SOLICITAR DE VOSSA SENHORIA RELATÓRIO_x000D_
 MENSAL NO TOCANTE AO ÍNDICE DE CASOS DE DENGUE EM NOSSO MUNICÍPIO. A/C: CAROLLINE ALICE GALVÃO SOUZA DUARTE - SECRETÁRIA MUNICIPAL DE SAÚDE PÚBLICA</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/78/78_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/78/78_texto_integral.pdf</t>
   </si>
   <si>
     <t>A/C; EXMO SENHOR, DOMINGOS SÁVIO BRITO BASTOS ALMEIDA.</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/77/77_texto_integral.pdf</t>
-[...8 lines deleted...]
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/50/50_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/77/77_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/79/79_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/68/68_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/50/50_texto_integral.pdf</t>
   </si>
   <si>
     <t>MATÉRIAS APROVADAS EM SESSÃO ORDINÁRIA REALIZADA DIA 05 DE MAIO DO CORRENTE ANO.</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/69/69_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/69/69_texto_integral.pdf</t>
   </si>
   <si>
     <t>CAERN - ...COM O PRESENTE VIMOS CONVIDAR VOSSA SENHORIA OU REPRESENTANTE_x000D_
 DESTA COMPANHIA, PARA SE FAZER PRESENTE AO PLENÁRIO DA CÂMARA MUNICIPAL DE_x000D_
 ACARI – RN.</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/67/67_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/67/67_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENVIO DE MATÉRIA APROVADA</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/211/211_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/211/211_texto_integral.pdf</t>
   </si>
   <si>
     <t>A CÂMARA DE VEREADORES VEM POR MEIO DESTE CONSIGNAR VOTO DE PESAR A_x000D_
 TODA A FAMÍLIA ENLUTADA PELO FALECIMENTO DA SENHORA BEATRIZ GILBERTA DE_x000D_
 MEDEIROS, QUE DEUS A CHAMOU PARA CONSIGO PERMANECER POR TODA A SUA ETERNIDADE.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/209/209_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/209/209_texto_integral.pdf</t>
   </si>
   <si>
     <t>A CÂMARA DE VEREADORES VEM POR MEIO DESTE CONSIGNAR VOTO DE PESAR A_x000D_
 TODA A FAMÍLIA ENLUTADA PELO FALECIMENTO DO SENHOR JÚLIO CASSIANO DE ARAÚJO,_x000D_
 QUE DEUS O CHAMOU PARA CONSIGO PERMANECER POR TODA A SUA ETERNIDADE.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/213/213_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/213/213_texto_integral.pdf</t>
   </si>
   <si>
     <t>POR MEIO DESTE, ESTAMOS ENCAMINHANDO EM ANEXO MATÉRIAS_x000D_
 APROVADAS EM SESSÃO ORDINÁRIA REALIZADA DIA 02 DE JUNHO DO CORRENTE ANO,_x000D_
 INDICAÇÃO Nº 030/2009, INDICAÇÃO Nº 032/2009, INDICAÇÃO Nº 034/2009 E_x000D_
 INDICAÇÃO Nº 035/2009. A/C: EXCELENTÍSSIMO SENHOR_x000D_
 ANTONIO CARLOS FERNANDES DE MEDEIROS_x000D_
 PREFEITO MUNICIPAL</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/210/210_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/210/210_texto_integral.pdf</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE VEREADORES VEM POR MEIO DESTE_x000D_
 CONSIGNAR VOTO DE PESAR A TODA A FAMÍLIA QUE NESSE MOMENTO CHORA A PERDA_x000D_
 DA LÍDER MAIOR SENHORA IRACEMA BRANDÃO DE ARAÚJO, QUE DEUS A CHAMOU PARA_x000D_
 CONSIGO PERMANECER POR TODA A SUA ETERNIDADE.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/212/212_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/212/212_texto_integral.pdf</t>
   </si>
   <si>
     <t>POR MEIO DESTE, ESTAMOS ENCAMINHANDO EM ANEXO MATÉRIAS_x000D_
 APROVADAS EM SESSÃO ORDINÁRIA REALIZADA DIA 09 DE JUNHO DO CORRENTE ANO,_x000D_
 INDICAÇÃO Nº 037/2009, INDICAÇÃO Nº 039/2009, INDICAÇÃO Nº 040/2009,_x000D_
 INDICAÇÃO Nº 041/2009, INDICAÇÃO Nº 043/2009, INDICAÇÃO Nº 046/2009,_x000D_
 INDICAÇÃO Nº 047/2009 E PROJETO DE LEI Nº 008/2009. A/C: EXCELENTÍSSIMO SENHOR_x000D_
 ANTONIO CARLOS FERNANDES DE MEDEIROS_x000D_
 PREFEITO MUNICIPAL</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/208/208_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/208/208_texto_integral.pdf</t>
   </si>
   <si>
     <t>POR MEIO DESTE, ESTAMOS INDICANDO OS REPRESENTANTES DA CÂMARA_x000D_
 MUNICIPAL JUNTO AO CONSELHO MUNICIPAL DE HABITAÇÃO.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/229/229_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/229/229_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENVIO DE MATÉRIA APROVADA. A/C: ANTONIO CARLOS FERNANDES DE MEDEIROS.</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/230/230_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/230/230_texto_integral.pdf</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE VEREADORES VEM POR MEIO DESTE_x000D_
 CONSIGNAR VOTO DE CONGRATULAÇÃO, E AO MESMO TEMPO ENCONTRA-SE MAIS_x000D_
 AGRADECIDA, MAIS CONFIANTE, PORQUE TEM AO SEU LADO PARA PRESTIGIÁ-LA E_x000D_
 HONRÁ-LA, O TALENTO E AS AÇÕES EDUCACIONAIS DE UM PROFESSOR DINÂMICO COMO_x000D_
 GIRLENE EDSON DE OLIVEIRA AMARO.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/261/261_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/261/261_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR_x000D_
 DESTA CONCEITUADA COMPANHIA O ENVIO DE UM RELATÓRIO/DEMONSTRATIVO_x000D_
 FINANCEIRO QUE NOS INFORME A ARRECADAÇÃO DA TAXA DE ESGOTO PAGA PELOS_x000D_
 CONSUMIDORES DO MUNICÍPIO DE ACARI E OS INVESTIMENTOS QUE ESTÃO SENDO_x000D_
 FEITOS NA REDE DE ESGOTO, DURANTE OS MESES DE MARÇO/ABRIL/MAIO – 2009. A/C: WALTER GASI_x000D_
 PRESIDENTE - CAERN</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/260/260_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/260/260_texto_integral.pdf</t>
   </si>
   <si>
     <t>POR MEIO DESTE, ESTAMOS ENCAMINHANDO EM ANEXO MATÉRIAS_x000D_
 APROVADAS EM SESSÃO ORDINÁRIA REALIZADA DIA 23 DE JUNHO DO CORRENTE ANO,_x000D_
 INDICAÇÃO Nº 045/2009, INDICAÇÃO Nº 049/2009, INDICAÇÃO Nº 056/2009, E_x000D_
 INDICAÇÃO Nº 057/2009. A/C: EXCELENTÍSSIMO SENHOR PREFEITO</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/262/262_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/262/262_texto_integral.pdf</t>
   </si>
   <si>
     <t>POR MEIO DESTE, ESTAMOS ENCAMINHANDO EM ANEXO MATÉRIAS_x000D_
 APROVADAS EM SESSÃO ORDINÁRIA REALIZADA DIA 30 DE JUNHO DO CORRENTE ANO,_x000D_
 INDICAÇÃO Nº 050/2009, INDICAÇÃO Nº 051/2009, INDICAÇÃO Nº 054/2009,_x000D_
 INDICAÇÃO Nº 055/2009, INDICAÇÃO Nº 058/2009, INDICAÇÃO Nº 059/2009,_x000D_
 INDICAÇÃO Nº 060/2009, INDICAÇÃO Nº 062/2009, E PROJETO DE LEI Nº_x000D_
 007/2009. A/C: EXCELENTÍSSIMO SENHOR PREFEITO.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/315/315_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/315/315_texto_integral.pdf</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE ACARI, ÓRGÃO PÚBLICO REPRESENTATIVO DO POVO, COM A_x000D_
 COMPETÊNCIA DE LEGISLAR E ATÉ FISCALIZAR ATRAVÉS DE UM ACOMPANHAMENTO DA APLICAÇÃO_x000D_
 DOS RECURSOS PÚBLICOS, TENDO COMO OBJETIVO REPASSAR AS INFORMAÇÕES PARA A POPULAÇÃO,_x000D_
 PRINCIPALMENTE QUANDO QUESTIONADO._x000D_
 EM REUNIÃO ORDINÁRIA DESTA CASA, UM DOS PRINCIPAIS ASSUNTOS ABORDADO FOI_x000D_
 A QUESTÃO DA OBRA DE GARGALHEIRA NO TOCANTE A CONSTRUÇÃO DE QUIOSQUES, QUE NAS_x000D_
 COMEMORAÇÕES ALUSIVAS AOS 100 (CEM) ANOS DO DNOCS, EM SOLENIDADE REALIZADA IN LOCO_x000D_
 PERANTE AUTORIDADES GOVERNAMENTAIS FOI ASSINADO ORDEM DE SERVIÇO PARA TAL FIM, DIANTE_x000D_
 DISTO ESTAMOS RECEBENDO CRÍTICAS DOS MORADORES LOCAL E ATÉ DE VISITANTES A PROCURA DA_x000D_
 REFERIDA CONSTRUÇÃO, ALEGANDO OS MESMOS QUE NAQUELE LOCAL SENDO UM PONTO TURÍSTICO_x000D_
 DE GRANDE PORTE SE FAZ NECESSÁRIO UMA PEQUENA COMERCIALIZAÇÃO PARA ATENDER SEUS_x000D_
 VISITANTES, NO ENTANTO TEMOS COMO OBJETIVO PRINCIPAL SABER COMO CAMINHA O PROCESSO,_x000D_
 PARA QUE POSSAMOS SATISFAZER A POPULAÇÃO QUE ALMEJA SABER ESTA INFORMAÇÃO, TENDO EM_x000D_
 VISTA NÃO TEMOS CONHECIMENTO DA FIXAÇÃO DA PEDRA FUNDAMENTAL DA OBRA._x000D_
 NO AGUARDO DE UMA BREVE INFORMAÇÃO QUANTO AO ASSUNTO, AGRADECEMOS A_x000D_
 COMPREENSÃO E NOS COLOCAMOS AO INTEIRO DISPOR PARA QUALQUER ESCLARECIMENTO PRECISO. A/C.: DIRETOR DO DNOCS</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/318/318_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/318/318_texto_integral.pdf</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE ACARI REUNIDA EM SESSÃO ORDINÁRIA_x000D_
 DESTE PERÍODO LEGISLATIVO, E TENDO CONHECIMENTO DE QUE OS NOSSOS_x000D_
 MUNÍCIPES ESTÃO SENTINDO AUSÊNCIA DOS CANAIS DE TELEVISÃO (SBT,_x000D_
 BANDEIRANTES) QUE TÍNHAMOS HÁ MUITO TEMPO E ATUALMENTE SE ENCONTRAM_x000D_
 FORA DO AR, EM VIRTUDE DOS EQUIPAMENTOS TÉCNICOS SE ENCONTRAR COM_x000D_
 DEFEITO, VIMOS ATRAVÉS DO PRESENTE REIVINDICAR DE VOSSA EXCELÊNCIA_x000D_
 PROVIDENCIAS NO SENTIDO DE TENTAR JUNTO AOS ÓRGÃOS COMPETENTE, O CONSERTO_x000D_
 DESTES EQUIPAMENTOS VOLTANDO À TRANSMISSÃO PARA OS TELESPECTADORES_x000D_
 ACARIENSES.</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/331/331_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/331/331_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM ATENDIMENTO A SOLICITAÇÃO DOS VEREADORES EM SESSÃO_x000D_
 ORDINÁRIA DESTA CASA, VENHO SOLICITAR A PRESENÇA DE VOSSA SENHORIA NESTA_x000D_
 EDILIDADE, NA PRÓXIMA SESSÃO ORDINÁRIA A REALIZAR-SE NO DIA 13 DE OUTUBRO DO_x000D_
 CORRENTE, A TRATAR-SE DE ASSUNTOS RELACIONADO À SAÚDE, ESPECIFICAMENTE SOBRE_x000D_
 OS PSFS DA ZONA RURAL. A/C: ALINE GURGEL DANTAS T. DE SOUZA_x000D_
 ENFERMEIRA CHEFE – PSFS ZONA RURAL</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>OSBF</t>
   </si>
   <si>
     <t>Ofícios Expedidos do Gabinete da Vereadora Stella</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/312/312_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/312/312_texto_integral.pdf</t>
   </si>
   <si>
     <t>COM O PROPÓSITO DE SE CRIAR UM FUNDO ESPECIAL EDUCATIVO</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/317/317_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/317/317_texto_integral.pdf</t>
   </si>
   <si>
     <t>VENHO POR MEIO DESTE, SUGERIR A VOSSA EXCELÊNCIA PARA QUE JUNTO A_x000D_
 SECRETARIA MUNICIPAL DE SAÚDE, VENHAM ARTICULAR COM A SECRETARIA ESTADUAL DE SAÚDE A_x000D_
 CRIAÇÃO E IMPLANTAÇÃO DE UM POSTO DE COLETA DE LEITE HUMANO NO MUNICÍPIO DE ACARI._x000D_
 TENDO EM VISTA QUE, DIANTE DO TRADICIONAL INCENTIVO A SAÚDE DO_x000D_
 MUNICÍPIO, O POSTO DE COLETA SERIA UMA COMPLEMENTAÇÃO DESSES SERVIÇOS, POIS TERÍAMOS_x000D_
 A POSSIBILIDADE DE DÁ UM SUPORTE ÀS MÃES INCAPAZES DE FORNECER O LEITE MATERNO AOS_x000D_
 SEUS FILHOS RECÉM-NASCIDOS, BEM COMO SERIA UM MEIO DE COMBATE A MORTALIDADE INFANTIL_x000D_
 A RECÉM-NASCIDOS PREMATUROS. O LEITE HUMANO COLETADO SERIA PROCESSADO (PASTEURIZADO)_x000D_
 NO BANCO DE LEITE NA CIDADE DE CAICÓ, LOCALIZADO NO HOSPITAL DO SERIDÓ.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/324/324_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/324/324_texto_integral.pdf</t>
   </si>
   <si>
     <t>VENHO POR MEIO DESTE, SOLICITAR DE VOSSA EXCELÊNCIA QUE, DENTRO DAS_x000D_
 POSSIBILIDADES FAÇA A SUBSTITUIÇÃO DA REDE DE PROTEÇÃO SITUADA AO OESTE POR UMA PAREDE_x000D_
 DE ALVENARIA E SUBSTITUIR A REDE DE PROTEÇÃO SITUADA AO LESTE, ONDE ATUALMENTE_x000D_
 ENCONTRAM-SE DETERIORADAS, AMBAS LOCALIZADAS NO PALÁCIO DE ESPORTES MANOEL JOSÉ_x000D_
 FERNANDES (BILEZÃO)._x000D_
 TENDO EM VISTA, QUE COM A CONSTRUÇÃO DA PAREDE, ESTAREMOS SANANDO_x000D_
 02 (DOIS) PROBLEMAS, A PROPAGAÇÃO DO SOL, PARA QUEM FOR PRATICAR ESPORTES NO TURNO_x000D_
 VESPERTINO E NÃO SERÁ MAIS NECESSÁRIO GASTOS COM NOVAS REDES, POIS AS MESMAS VEM SE_x000D_
 DEGENERANDO COM BASTANTE FREQÜÊNCIA.</t>
   </si>
   <si>
     <t>OJABD</t>
   </si>
   <si>
     <t>Ofícios Expedidos do Gabinete do Vereador Ari</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/37/37_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/37/37_texto_integral.pdf</t>
   </si>
   <si>
     <t>...SOLICITAR DE VOSSA SENHORIA EXTRATOS DAS CONTAS_x000D_
 11.281-X (PM ACARI - FEB), 11.319-0 (PMA FUNDEB 60%) E 11.318-2 (PMA FUNDEB_x000D_
 40%)...</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/38/38_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/38/38_texto_integral.pdf</t>
   </si>
   <si>
     <t>...SOLICITAR DE VOSSA EXCELÊNCIA QUE SEJA FEITA A_x000D_
 REPOSIÇÃO DAS LÂMPADAS DOS POSTES NA COMUNIDADE VACA BRAVA, QUE SE ENCONTRAM COM_x000D_
 PROBLEMAS DE ILUMINAÇÃO.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/294/294_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/294/294_texto_integral.pdf</t>
   </si>
   <si>
     <t>VENHO POR MEIO DESTE SOLICITAR DE VOSSA SENHORIA EXTRATOS DAS CONTAS_x000D_
 11.281-X (PM ACARI - FEB), 11.319-0 (PMA FUNDEB 60%) E 11.318-2 (PMA FUNDEB_x000D_
 40%), TODAS DA AGÊNCIA ACARI (0075-2), REFERENTE AOS MESES DE JANEIRO A JUNHO DE_x000D_
 2009._x000D_
 A SOLICITAÇÃO DO OFÍCIO VISA ESCLARECER AO CONSELHO MUNICIPAL DO FUNDEB_x000D_
 E AOS DEMAIS EDIS DESTA CASA LEGISLATIVA, AS MOVIMENTAÇÕES BANCÁRIAS DAS CONTAS_x000D_
 ACIMA CITADAS.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/295/295_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/295/295_texto_integral.pdf</t>
   </si>
   <si>
     <t>VENHO POR MEIO DESTE SOLICITAR DA ADMINISTRAÇÃO PÚBLICA DESTE MUNICÍPIO,_x000D_
 DE ACORDO COM O DISPOSTO NO ART. 5º, INCISO XXXIV, ALÍNEA “B”, DA CONSTITUIÇÃO FEDERAL,_x000D_
 BEM COMO DO DISPOSTO NO REGIMENTO INTERNO DESTA CÂMARA MUNICIPAL, AMBOS_x000D_
 ALICERÇADOS PELO PRINCIPIO CONSTITUCIONAL DA PUBLICIDADE INERENTE À ADMINISTRAÇÃO_x000D_
 PÚBLICA, A EMISSÃO DE RELATÓRIO DESCRIMINADO, EM PAPEL TIMBRADO, NO_x000D_
 PRAZO MÁXIMO DE 15 (QUINZE) DIAS, CONFORME ART. 270, PARÁGRAFO 2º, DO REGIMENTO_x000D_
 INTERNO DA CÂMARA MUNICIPAL, DE DOCUMENTO COMPROBATÓRIO E PUBLICAÇÃO DO_x000D_
 PROCEDIMENTO LICITATÓRIO REFERENTE ADJUDICAÇÃO DA CONTRATAÇÃO DE BANDAS_x000D_
 PARA SHOWS MUSICAIS NO PERÍODO DE 1º DE JANEIRO DE 2009 À 24 DE AGOSTO DE_x000D_
 2009, ACOMPANHADOS DE CÓPIAS DOS RESPECTIVOS EMPENHOS, NOTAS FISCAIS E RECIBOS DE_x000D_
 PAGAMENTOS, SOB PENA DE RESPONSABILIDADE ADMINISTRATIVA PELA NÃO DIVULGAÇÃO DESTES_x000D_
 ATOS DO PODER PÚBLICO AO LEGISLATIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/296/296_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/296/296_texto_integral.pdf</t>
   </si>
   <si>
     <t>VENHO POR MEIO DESTE SOLICITAR DA ADMINISTRAÇÃO PÚBLICA DESTE MUNICÍPIO,_x000D_
 DE ACORDO COM O DISPOSTO NO ART. 5º, INCISO XXXIV, ALÍNEA “B”, DA CONSTITUIÇÃO FEDERAL,_x000D_
 BEM COMO DO DISPOSTO NO REGIMENTO INTERNO DESTA CÂMARA MUNICIPAL, AMBOS_x000D_
 ALICERÇADOS PELO PRINCIPIO CONSTITUCIONAL DA PUBLICIDADE INERENTE À ADMINISTRAÇÃO_x000D_
 PÚBLICA, A EMISSÃO DE RELATÓRIO DESCRIMINADO, EM PAPEL TIMBRADO, NO_x000D_
 PRAZO MÁXIMO DE 15 (QUINZE) DIAS, CONFORME ART. 270, PARÁGRAFO 2º, DO REGIMENTO_x000D_
 INTERNO DA CÂMARA MUNICIPAL, DE DOCUMENTO COMPROBATÓRIO E PUBLICAÇÃO DO_x000D_
 PROCEDIMENTO LICITATÓRIO REFERENTE ADJUDICAÇÃO DOS CONTRATOS FIRMADOS PARA_x000D_
 SERVIÇOS DE TRANSPORTES ESCOLARES PARA O ANO DE 2009, ACOMPANHADOS DE CÓPIAS_x000D_
 DOS RESPECTIVOS EMPENHOS, NOTAS FISCAIS E RECIBOS DE PAGAMENTOS, SOB PENA DE_x000D_
 RESPONSABILIDADE ADMINISTRATIVA PELA NÃO DIVULGAÇÃO DESTES ATOS DO PODER PÚBLICO AO_x000D_
 LEGISLATIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/297/297_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/297/297_texto_integral.pdf</t>
   </si>
   <si>
     <t>VENHO POR MEIO DESTE SOLICITAR DA ADMINISTRAÇÃO PÚBLICA DESTE MUNICÍPIO,_x000D_
 DE ACORDO COM O DISPOSTO NO ART. 5º, INCISO XXXIV, ALÍNEA “B”, DA CONSTITUIÇÃO FEDERAL,_x000D_
 BEM COMO DO DISPOSTO NO REGIMENTO INTERNO DESTA CÂMARA MUNICIPAL, AMBOS_x000D_
 ALICERÇADOS PELO PRINCIPIO CONSTITUCIONAL DA PUBLICIDADE INERENTE À ADMINISTRAÇÃO_x000D_
 PÚBLICA, A EMISSÃO DE RELATÓRIO DESCRIMINADO, EM PAPEL TIMBRADO, NO_x000D_
 PRAZO MÁXIMO DE 15 (QUINZE) DIAS, CONFORME ART. 270, PARÁGRAFO 2º, DO REGIMENTO_x000D_
 INTERNO DA CÂMARA MUNICIPAL, COMPROVANDO A DATA DA NOMEAÇÃO E EXONERAÇÃO_x000D_
 DA EX-SECRETÁRIA DE SAÚDE CAROLLINE ALYCE GALVÃO DE SOUZA DUARTE, SOB PENA_x000D_
 DE RESPONSABILIDADE ADMINISTRATIVA PELA NÃO DIVULGAÇÃO DESTES ATOS DO PODER PÚBLICO AO_x000D_
 LEGISLATIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/298/298_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/298/298_texto_integral.pdf</t>
   </si>
   <si>
     <t>VENHO POR MEIO DESTE SOLICITAR DA ADMINISTRAÇÃO PÚBLICA DESTE MUNICÍPIO,_x000D_
 DE ACORDO COM O DISPOSTO NO ART. 5º, INCISO XXXIV, ALÍNEA “B”, DA CONSTITUIÇÃO FEDERAL,_x000D_
 BEM COMO DO DISPOSTO NO REGIMENTO INTERNO DESTA CÂMARA MUNICIPAL, AMBOS_x000D_
 ALICERÇADOS PELO PRINCIPIO CONSTITUCIONAL DA PUBLICIDADE INERENTE À ADMINISTRAÇÃO_x000D_
 PÚBLICA, A EMISSÃO DE RELATÓRIO DESCRIMINADO, EM PAPEL TIMBRADO, NO_x000D_
 PRAZO MÁXIMO DE 15 (QUINZE) DIAS, CONFORME ART. 270, PARÁGRAFO 2º, DO REGIMENTO_x000D_
 INTERNO DA CÂMARA MUNICIPAL, DEMONSTRATIVO DE DIÁRIAS GASTAS EM TODAS AS_x000D_
 SECRETARIAS MUNICIPAIS REFERENTE AOS MESES DE JANEIRO, FEVEREIRO, MARÇO DE_x000D_
 2008 E DOS MESES DE JANEIRO, FEVEREIRO E MARÇO DE 2009, COMO TAMBÉM CÓPIA_x000D_
 DA FOLHA DE PAGAMENTO DOS SERVIDORES MUNICIPAIS REFERENTE AO MÊS DE MAIO_x000D_
 DE 2009, SOB PENA DE RESPONSABILIDADE ADMINISTRATIVA PELA NÃO DIVULGAÇÃO DESTES ATOS_x000D_
 DO PODER PÚBLICO AO LEGISLATIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>OIMS</t>
   </si>
   <si>
     <t>Ofícios Expedidos do Gabinete do Vereador Ismael</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/214/214_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/214/214_texto_integral.pdf</t>
   </si>
   <si>
     <t>VENHO POR MEIO DESTE SOLICITAR DE VOSSA EXCELÊNCIA URGÊNCIA-URGENTÍSSIMA, TOME AS NECESSÁRIAS PROVIDÊNCIAS NO SENTIDO DE FAZER A LIMPEZA AO REDOR DO PALÁCIO DE ESPORTES MANOEL JOSÉ FERNANDES (BILEZÃO), AO QUAL ENCONTRA-SE EM SITUAÇÃO PRECÁRIA.</t>
   </si>
   <si>
     <t>OZRS</t>
   </si>
   <si>
     <t>Ofícios Expedidos do Gabinete do Vereador Zuil</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/34/34_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/34/34_texto_integral.pdf</t>
   </si>
   <si>
     <t>...QUE TOME AS DEVIDAS_x000D_
 PROVIDÊNCIAS NO SENTIDO DA “SEGURANÇA NO TRABALHO” DOS FUNCIONÁRIOS RESPONSÁVEIS_x000D_
 PELA LIMPEZA PÚBLICA...</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/35/35_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/35/35_texto_integral.pdf</t>
   </si>
   <si>
     <t>...QUE TOME AS DEVIDAS_x000D_
 PROVIDÊNCIAS NO SENTIDO DE LIMPEZA DAS CABECEIRAS DA PONTE JUVENAL LAMARTINE (PONTE_x000D_
 VELHA)...</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/36/36_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/36/36_texto_integral.pdf</t>
   </si>
   <si>
     <t>...QUE TOME AS DEVIDAS_x000D_
 PROVIDÊNCIAS NO SENTIDO DE FISCALIZAR E TOMAR ALGUMA ATITUDE JUNTO AO PODER PÚBLICO_x000D_
 EM/OU COM RESPONSÁVEIS PELAS CRIANÇAS E ADOLESCENTES DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/264/264_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/264/264_texto_integral.pdf</t>
   </si>
   <si>
     <t>VENHO POR MEIO DESTE SOLICITAR DE VOSSA EXCELÊNCIA, QUE DENTRO_x000D_
 DE SUAS POSSIBILIDADES TOME AS DEVIDAS PROVIDÊNCIAS NO SENTIDO DE FAZER A_x000D_
 LIMPEZA INTERNAMENTE E EXTERNAMENTE NO CEMITÉRIO PÚBLICO SÃO JOÃO BATISTA,_x000D_
 SITUADO NO BAIRRO PETRÓPOLIS.  A/C: FRANCISCO ARAÚJO DA SILVA_x000D_
 SECRETÁRIO MUNICIPAL DE TRANSPORTES, OBRAS E SERVIÇOS URBANOS</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/265/265_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/265/265_texto_integral.pdf</t>
   </si>
   <si>
     <t>VENHO POR MEIO DESTE SOLICITAR DE VOSSA EXCELÊNCIA, URGÊNCIAURGENTÍSSIMA_x000D_
 NA REALIZAÇÃO DA OBRA NO TOCANTE A INDICAÇÃO 040/2009, -_x000D_
 “...PARA QUE O MESMO TOME AS NECESSÁRIAS PROVIDÊNCIAS NO SENTIDO DE_x000D_
 CONSTRUIR UMA PASSAGEM MOLHADA NA RUA ANTONIO FERREIRA, SITUADA NO BAIRRO_x000D_
 PETRÓPOLIS”, NAS PROXIMIDADES DA RESIDÊNCIA DOS SENHORES JORGE GOMES E_x000D_
 LOURIVAL (SEU LORO). A/C: ANTONIO CARLOS FERNANDES DE MEDEIROS_x000D_
 PREFEITO MUNICIPAL.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/263/263_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/263/263_texto_integral.pdf</t>
   </si>
   <si>
     <t>VENHO POR MEIO DESTE SOLICITAR DE VOSSA EXCELÊNCIA, QUE DENTRO_x000D_
 DE SUAS POSSIBILIDADES TOME AS DEVIDAS PROVIDÊNCIAS NO SENTIDO DE FAZER A_x000D_
 LIMPEZA DA RUA JOSÉ ENXUTO NO BAIRRO CENTRO COM URGÊNCIA. A/C: FRANCISCO ARAÚJO DA SILVA_x000D_
 SECRETÁRIO MUNICIPAL DE TRANSPORTES, OBRAS E SERVIÇOS URBANOS</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/278/278_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/278/278_texto_integral.pdf</t>
   </si>
   <si>
     <t>VENHO POR MEIO DESTE SOLICITAR DE VOSSA EXCELÊNCIA, QUE DENTRO_x000D_
 DE SUAS POSSIBILIDADES TOME AS DEVIDAS PROVIDÊNCIAS NO SENTIDO DE FAZER A_x000D_
 LIMPEZA DO MATO E FAZER A VARREDURA (SUJEIRA) DA VIA DE PASSEIO PÚBLICO_x000D_
 (CICLOVIA) NAS IMEDIAÇÕES ENTRE O MUNICÍPIO E O POVOADO GARGALHEIRA.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/279/279_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/279/279_texto_integral.pdf</t>
   </si>
   <si>
     <t>VENHO POR MEIO DESTE SOLICITAR DE VOSSA SENHORIA, PARA QUE_x000D_
 JUNTO COM O PODER EXECUTIVO MUNICIPAL TOME AS NECESSÁRIAS PROVIDÊNCIAS NO_x000D_
 SENTIDO DA IMPLANTAÇÃO DE RESERVATÓRIOS D’ÁGUA NOS QUIOSQUES DA PRAÇA DE_x000D_
 ALIMENTAÇÃO ELISEU VITORIANO DA SILVA NO TAMANHO APROPRIADO A CADA QUIOSQUE.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/316/316_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/316/316_texto_integral.pdf</t>
   </si>
   <si>
     <t>VENHO POR MEIO DESTE SOLICITAR DE VOSSA EXCELÊNCIA, QUE DENTRO_x000D_
 DE SUAS POSSIBILIDADES TOME AS DEVIDAS PROVIDÊNCIAS NO SENTIDO DE FAZER A_x000D_
 LIMPEZA DO MATO E REIMPLANTAR O CAMBURÃO DE LIXO NO CONJUNTO HABITACIONAL_x000D_
 PARQUE DOS ANGICOS COMO TAMBÉM FAZER A LIMPEZA AO REDOR DA ASSOCIAÇÃO_x000D_
 COMUNITÁRIA AMBOS LOCALIZADOS NO BAIRRO PETRÓPOLIS.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/325/325_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/325/325_texto_integral.pdf</t>
   </si>
   <si>
     <t>VENHO POR MEIO DESTE SOLICITAR DE VOSSA EXCELÊNCIA,_x000D_
 URGÊNCIA/URGENTÍSSIMA, NO SENTIDO DE SANAR O PROBLEMA EXISTENTE NA_x000D_
 ENCRUZILHADA QUE COMPREENDE AS RUAS ANTENOR CABRAL E A RUA ENÉAS PIRES_x000D_
 GALVÃO, LOCALIZADOS NO BAIRRO ARI DE PINHO.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/334/334_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/334/334_texto_integral.pdf</t>
   </si>
   <si>
     <t>VENHO POR MEIO DESTE SOLICITAR DE VOSSA EXCELÊNCIA, DESIGNAR_x000D_
 ESPECIAL ATENÇÃO AO PEDIDO QUE SEGUE, NO SENTIDO DE FAZER A IMPLANTAÇÃO DA_x000D_
 REDE DE ÁGUA NA RUA ODILON PAULINO BARACHO NO BAIRRO LUIZ GONZAGA SITUADA_x000D_
 EM NOSSO MUNICÍPIO. A/C:PAULO ALVES DA SILVA_x000D_
 CHEFE DE ESCRITÓRIO - CAERN</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/363/363_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/363/363_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">VENHO POR MEIO DESTE SOLICITAR DE VOSSA EXCELÊNCIA, DESIGNAR ESPECIAL ATENÇÃO AO PEDIDO QUE SEGUE, NO SENTIDO DE FAZER A LIMPEZA DO ACOSTAMENTO DA RN-288, DA SAÍDA DE NOSSO PERÍMETRO URBANO ATÉ A DIVISA DO MUNICÍPIO DE CRUZETA._x000D_
 TENDO EM VISTA, A JUSTA REIVINDICAÇÃO DOS NOSSOS MUNÍCIPES, POIS NAQUELAS IMEDIAÇÕES FAZ-SE NECESSÁRIO TAL LIMPEZA, PEDIMOS URGÊNCIA/URGENTÍSSIMA._x000D_
 NA CERTEZA DE SER ATENDIDO, REITERO VOTOS DE ALTA ESTIMA E CONSIDERAÇÃO._x000D_
 </t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/366/366_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/366/366_texto_integral.pdf</t>
   </si>
   <si>
     <t>NO SENTIDO DE FAZER A LIMPEZA DO_x000D_
 MATO NA PAREDE DO AÇUDE DAS OITICICAS (AÇUDE DA SANTA).</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/367/367_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/367/367_texto_integral.pdf</t>
   </si>
   <si>
     <t>VENHO POR MEIO DESTE SOLICITAR DE VOSSA EXCELÊNCIA, QUE DENTRO_x000D_
 DAS POSSIBILIDADES TOME AS DEVIDAS PROVIDÊNCIAS NO SENTIDO DE FAZER A_x000D_
 RESTAURAÇÃO FÍSICA E LIMPEZA NA PRAÇA DE ALIMENTAÇÃO ELISEU VITORIANO DA_x000D_
 SILVA, SITUADA NO CENTRO DE NOSSO MUNICÍPIO._x000D_
 TENDO EM VISTA, A JUSTA REIVINDICAÇÃO DOS NOSSOS CIDADÃOS, POIS_x000D_
 NAQUELE LOCAL FAZ-SE NECESSÁRIO TAL LIMPEZA E RESTAURAÇÃO._x000D_
 COM A REALIZAÇÃO DA OBRA ESTAREMOS PROPORCIONANDO MAIS_x000D_
 DIGNIDADE NO SENTIDO DE LAZER, MAIS SEGURANÇA, MAIS CONFORTO PARA OS NOSSOS_x000D_
 MUNÍCIPES E TRARÁ UMA MELHOR VISÃO NO TOCANTE A ESTÉTICA DE NOSSO_x000D_
 MUNICÍPIO._x000D_
 NA CERTEZA DE SER ATENDIDO, REITERO VOTOS DE ALTA ESTIMA E_x000D_
 CONSIDERAÇÃO.</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/39/39_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/39/39_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO ACARIENSE A_x000D_
 ELIAS FERNANDES NETO.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/258/258_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/258/258_texto_integral.pdf</t>
   </si>
   <si>
     <t>PLPL</t>
   </si>
   <si>
     <t>Projeto de Lei - Poder Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/41/41_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/41/41_texto_integral.pdf</t>
   </si>
   <si>
     <t>RECONHECE DE UTILIDADE PÚBLICA A_x000D_
 ASSOCIAÇÃO DOS PRODUTORES DE LEITE_x000D_
 DE ACARI - APLA, COM SEDE NESTE_x000D_
 MUNICÍPIO.</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/87/87_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/87/87_texto_integral.pdf</t>
   </si>
   <si>
     <t>...FICA DENOMINADO DE RUA MANOEL ROZENDO DOS SANTOS.</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/301/301_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/301/301_texto_integral.pdf</t>
   </si>
   <si>
     <t>RECONHECE DE UTILIDADE PÚBLICA A_x000D_
 ASSOCIAÇÃO COMUNITÁRIA NOVA_x000D_
 ESPERANÇA (ACNE), COM SEDE NESTE_x000D_
 MUNICÍPIO.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/320/320_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/320/320_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE_x000D_
 LOGRADOUROS PÚBLICOS E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>ZUIL, CHICO DIAS</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/338/338_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/338/338_texto_integral.pdf</t>
   </si>
   <si>
     <t>FICA DENOMINADO DE TRAVESSA NELSON DANTAS, A TRAVESSA SITUADA_x000D_
 NO BAIRRO ARI DE PINHO TENDO COMO LIMITES:_x000D_
 · RUA ENÉAS PIRES GALVÃO AO SUL;_x000D_
 · RUA NELSON FELICIANO AO NORTE;</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/358/358_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/358/358_texto_integral.pdf</t>
   </si>
   <si>
     <t>FICA DENOMINADO DE VILA ALBINO FLORÊNCIO DANTAS, A VILA_x000D_
 LOCALIZADA NO BAIRRO TARCISIO BEZERRA AOS LIMITES:</t>
   </si>
   <si>
     <t>1297</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/1297/1297_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/1297/1297_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO DEPARTAMENTO DE INFORMÁTICA JUNTO A SECRETÁRIA GERAL DA CÂMARA MUNICIPAL DE ACARI - RN.</t>
   </si>
   <si>
     <t>1299</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/1299/1299_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/1299/1299_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REAJUSTE DA VERBA INDENIZATÓRIA PARA O USO DOS VEREADORES DA CÂMARA MUNICIPAL DE ACARI/RN E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1301</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/1301/1301_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/1301/1301_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA TABELA DE DIÁRIAS PARA CUSTEIO DE DESPESAS DE VEREADORES E FUNCIONÁRIOS DA CÂMARA MUNICIPAL DE ACARI-RN.</t>
   </si>
   <si>
     <t>RV</t>
   </si>
   <si>
     <t>Reivindicação</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/42/42_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/42/42_texto_integral.pdf</t>
   </si>
   <si>
     <t>...SOLICITAR A VALIOSA CONTRIBUIÇÃO DA ASSEMBLÉIA LEGISLATIVA DO RIO GRANDE_x000D_
 DO NORTE, TENDO A FRENTE O DEPUTADO ESTADUAL ROBINSON FARIA, NO SENTIDO DE_x000D_
 INTERCEDER JUNTO A GOVERNADORA WILMA MARIA DE FARIA, PARA QUE SEJA PRIORIZADO O_x000D_
 TRATAMENTO E REAPROVEITAMENTO DAS AGUAS QUE SE DESTINAM A ESTE_x000D_
 IMPORTANTE RESERVATÓRIO D´AGUA DA REGIÃO SERIDOENSE.</t>
   </si>
   <si>
     <t>1261</t>
   </si>
   <si>
     <t>RES</t>
   </si>
   <si>
     <t>RESOLUÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/1261/1261_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/1261/1261_texto_integral.pdf</t>
   </si>
   <si>
     <t>1262</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/1262/1262_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/1262/1262_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE O REAJUSTE DA VERBA INDENIZATÓRIA PARA O USO DOS VEREADORES DA CÂMARA MUNICIPAL DE ACARI/RN E DÁ OUTRAS PROVIDÊNCIAS.                                </t>
   </si>
   <si>
     <t>1263</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/1263/1263_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/1263/1263_texto_integral.pdf</t>
   </si>
   <si>
     <t>TD</t>
   </si>
   <si>
     <t>Termo de Doação</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/40/40_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/40/40_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE ENTRE SI CELEBRAM A CÂMARA_x000D_
 MUNICIPAL DE ACARI E A BIBLIOTECA_x000D_
 PÚBLICA MARIA DE JESUS BEZERRA.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/280/280_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/280/280_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE ENTRE SI CELEBRAM A CÂMARA_x000D_
 MUNICIPAL DE ACARI E A BIBLIOTECA_x000D_
 PÚBLICA MARIA JOSÉ MAMEDE GALVÃO.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/281/281_texto_integral.pdf</t>
+    <t>http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/281/281_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE ENTRE SI CELEBRAM A CÂMARA_x000D_
 MUNICIPAL DE ACARI E A ASSOCIAÇÃO_x000D_
 AMANDA LARISSA.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -3664,67 +3664,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/19/19_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/20/20_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/21/21_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/22/22_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/23/23_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/47/47_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/51/51_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/52/52_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/53/53_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/45/45_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/54/54_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/55/55_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/140/140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/141/141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/207/207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/216/216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/217/217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/231/231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/254/254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/267/267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/282/282_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/283/283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/293/293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/306/306_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/309/309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/310/310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/319/319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/328/328_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/327/327_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/332/332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/344/344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/342/342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/357/357_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/364/364_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/365/365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/369/369_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/374/374_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/375/375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/376/376_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/377/377_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/299/299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/300/300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/368/368_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/2/2_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/3/3_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/4/4_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/5/5_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/6/6_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/7/7_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/8/8_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/9/9_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/10/10_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/11/11_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/12/12_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/13/13_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/14/14_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/15/15_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/16/16_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/17/17_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/18/18_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/24/24_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/25/25_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/26/26_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/27/27_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/28/28_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/29/29_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/30/30_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/43/43_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/44/44_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/48/48_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/49/49_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/56/56_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/57/57_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/58/58_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/59/59_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/60/60_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/61/61_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/62/62_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/63/63_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/64/64_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/65/65_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/163/163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/165/165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/173/173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/164/164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/171/171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/168/168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/169/169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/174/174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/166/166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/215/215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/178/178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/179/179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/180/180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/181/181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/218/218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/219/219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/221/221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/220/220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/224/224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/225/225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/223/223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/228/228_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/227/227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/226/226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/222/222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/253/253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/266/266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/250/250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/251/251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/252/252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/255/255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/256/256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/257/257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/259/259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/268/268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/269/269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/270/270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/271/271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/272/272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/273/273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/274/274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/275/275_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/276/276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/277/277_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/287/287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/285/285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/291/291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/288/288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/290/290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/289/289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/286/286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/292/292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/284/284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/302/302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/303/303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/304/304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/305/305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/307/307_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/308/308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/311/311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/314/314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/313/313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/323/323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/321/321_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/322/322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/329/329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/330/330_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/326/326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/333/333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/335/335_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/336/336_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/337/337_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/339/339_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/340/340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/341/341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/343/343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/345/345_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/346/346_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/347/347_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/348/348_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/349/349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/350/350_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/351/351_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/356/356_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/352/352_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/353/353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/354/354_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/355/355_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/360/360_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/361/361_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/359/359_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/362/362_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/1354/1354_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/66/66_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/82/82_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/80/80_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/83/83_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/86/86_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/81/81_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/75/75_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/72/72_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/76/76_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/78/78_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/77/77_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/79/79_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/68/68_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/50/50_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/69/69_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/67/67_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/211/211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/209/209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/213/213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/210/210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/212/212_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/208/208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/229/229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/230/230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/261/261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/260/260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/262/262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/315/315_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/318/318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/331/331_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/312/312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/317/317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/324/324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/37/37_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/38/38_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/294/294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/295/295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/296/296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/297/297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/298/298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/214/214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/34/34_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/35/35_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/36/36_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/264/264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/265/265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/263/263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/278/278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/279/279_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/316/316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/325/325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/334/334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/363/363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/366/366_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/367/367_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/39/39_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/258/258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/41/41_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/87/87_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/301/301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/320/320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/338/338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/358/358_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/1297/1297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/1299/1299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/1301/1301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/42/42_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/1261/1261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/1262/1262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/1263/1263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/40/40_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/280/280_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/281/281_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/19/19_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/20/20_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/21/21_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/22/22_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/23/23_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/47/47_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/51/51_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/52/52_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/53/53_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/45/45_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/54/54_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/55/55_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/140/140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/141/141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/207/207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/216/216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/217/217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/231/231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/254/254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/267/267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/282/282_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/283/283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/293/293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/306/306_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/309/309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/310/310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/319/319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/328/328_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/327/327_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/332/332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/344/344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/342/342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/357/357_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/364/364_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/365/365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/369/369_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/374/374_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/375/375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/376/376_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/377/377_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/299/299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/300/300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/368/368_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/2/2_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/3/3_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/4/4_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/5/5_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/6/6_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/7/7_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/8/8_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/9/9_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/10/10_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/11/11_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/12/12_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/13/13_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/14/14_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/15/15_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/16/16_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/17/17_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/18/18_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/24/24_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/25/25_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/26/26_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/27/27_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/28/28_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/29/29_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/30/30_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/43/43_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/44/44_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/48/48_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/49/49_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/56/56_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/57/57_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/58/58_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/59/59_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/60/60_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/61/61_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/62/62_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/63/63_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/64/64_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/65/65_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/163/163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/165/165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/173/173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/164/164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/171/171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/168/168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/169/169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/174/174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/166/166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/215/215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/178/178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/179/179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/180/180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/181/181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/218/218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/219/219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/221/221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/220/220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/224/224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/225/225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/223/223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/228/228_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/227/227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/226/226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/222/222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/253/253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/266/266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/250/250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/251/251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/252/252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/255/255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/256/256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/257/257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/259/259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/268/268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/269/269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/270/270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/271/271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/272/272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/273/273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/274/274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/275/275_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/276/276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/277/277_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/287/287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/285/285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/291/291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/288/288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/290/290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/289/289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/286/286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/292/292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/284/284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/302/302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/303/303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/304/304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/305/305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/307/307_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/308/308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/311/311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/314/314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/313/313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/323/323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/321/321_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/322/322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/329/329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/330/330_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/326/326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/333/333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/335/335_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/336/336_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/337/337_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/339/339_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/340/340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/341/341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/343/343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/345/345_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/346/346_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/347/347_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/348/348_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/349/349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/350/350_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/351/351_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/356/356_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/352/352_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/353/353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/354/354_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/355/355_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/360/360_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/361/361_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/359/359_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/362/362_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/1354/1354_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/66/66_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/82/82_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/80/80_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/83/83_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/86/86_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/81/81_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/75/75_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/72/72_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/76/76_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/78/78_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/77/77_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/79/79_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/68/68_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/50/50_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/69/69_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/67/67_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/211/211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/209/209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/213/213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/210/210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/212/212_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/208/208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/229/229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/230/230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/261/261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/260/260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/262/262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/315/315_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/318/318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/331/331_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/312/312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/317/317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/324/324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/37/37_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/38/38_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/294/294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/295/295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/296/296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/297/297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/298/298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/214/214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/34/34_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/35/35_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/36/36_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/264/264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/265/265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/263/263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/278/278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/279/279_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/316/316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/325/325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/334/334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/363/363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/366/366_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/367/367_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/39/39_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/258/258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/41/41_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/87/87_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/301/301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/320/320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/338/338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/358/358_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/1297/1297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/1299/1299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/1301/1301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/42/42_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/1261/1261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/1262/1262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/1263/1263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/40/40_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/280/280_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acari.rn.leg.br/media/./sapl/public/materialegislativa/2009/281/281_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H256"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="46.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="37.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="91.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="90.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>